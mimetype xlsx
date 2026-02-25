--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -6,80 +6,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="29">
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Deceased donor transplants</t>
   </si>
   <si>
     <t xml:space="preserve">kidney </t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
     <t xml:space="preserve">kidney en bloc </t>
   </si>
   <si>
     <t xml:space="preserve">kidney + heart </t>
   </si>
   <si>
     <t xml:space="preserve">kidney + lungs </t>
   </si>
   <si>
     <t xml:space="preserve">kidney + liver </t>
   </si>
   <si>
     <t xml:space="preserve">kidney en bloc + liver </t>
   </si>
   <si>
     <t xml:space="preserve">kidney + split liver </t>
@@ -90,51 +90,51 @@
   <si>
     <t xml:space="preserve">kidney + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">kidney en bloc + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">kidney + lungs + liver </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Living donor transplants</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Total all transplants</t>
   </si>
   <si>
     <t>Kidney transplants in All ET, by year, by donor type, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2052P_All ET_kidney : 10.02.2025 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 2052P_All ET_kidney : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -415,400 +415,402 @@
       </c>
       <c r="H4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="9">
-        <v>3172</v>
+        <v>3046</v>
       </c>
       <c r="D5" s="9">
-        <v>3046</v>
+        <v>2876</v>
       </c>
       <c r="E5" s="9">
-        <v>2876</v>
+        <v>3231</v>
       </c>
       <c r="F5" s="9">
-        <v>3231</v>
+        <v>2932</v>
       </c>
       <c r="G5" s="9">
-        <v>2932</v>
+        <v>2616</v>
       </c>
       <c r="H5" s="9">
-        <v>2616</v>
+        <v>2773</v>
       </c>
       <c r="I5" s="9">
-        <v>2773</v>
+        <v>2796</v>
       </c>
       <c r="J5" s="9">
-        <v>2796</v>
+        <v>2958</v>
       </c>
       <c r="K5" s="9">
-        <v>2958</v>
+        <v>2985</v>
       </c>
       <c r="L5" s="9">
-        <v>2985</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="10"/>
       <c r="C6" s="9">
+        <v>28</v>
+      </c>
+      <c r="D6" s="9">
+        <v>33</v>
+      </c>
+      <c r="E6" s="9">
         <v>37</v>
       </c>
-      <c r="D6" s="9">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="9">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="G6" s="9">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="H6" s="9">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I6" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J6" s="9">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K6" s="9">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L6" s="9">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="10"/>
       <c r="C7" s="9">
+        <v>3</v>
+      </c>
+      <c r="D7" s="9">
+        <v>6</v>
+      </c>
+      <c r="E7" s="9">
+        <v>11</v>
+      </c>
+      <c r="F7" s="9">
+        <v>12</v>
+      </c>
+      <c r="G7" s="9">
+        <v>19</v>
+      </c>
+      <c r="H7" s="9">
+        <v>6</v>
+      </c>
+      <c r="I7" s="9">
         <v>7</v>
       </c>
-      <c r="D7" s="9">
-[...2 lines deleted...]
-      <c r="E7" s="9">
+      <c r="J7" s="9">
         <v>6</v>
       </c>
-      <c r="F7" s="9">
-[...8 lines deleted...]
-      <c r="I7" s="9">
+      <c r="K7" s="9">
+        <v>10</v>
+      </c>
+      <c r="L7" s="9">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="9">
         <v>1</v>
       </c>
       <c r="D8" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E8" s="9">
-        <v>2</v>
-[...7 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9">
+        <v>1</v>
+      </c>
+      <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
-      <c r="K8" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K8" s="9">
+        <v>1</v>
+      </c>
+      <c r="L8" s="9"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="10"/>
       <c r="C9" s="9">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D9" s="9">
+        <v>45</v>
+      </c>
+      <c r="E9" s="9">
+        <v>50</v>
+      </c>
+      <c r="F9" s="9">
+        <v>46</v>
+      </c>
+      <c r="G9" s="9">
+        <v>39</v>
+      </c>
+      <c r="H9" s="9">
+        <v>32</v>
+      </c>
+      <c r="I9" s="9">
+        <v>44</v>
+      </c>
+      <c r="J9" s="9">
+        <v>40</v>
+      </c>
+      <c r="K9" s="9">
         <v>41</v>
-      </c>
-[...19 lines deleted...]
-        <v>40</v>
       </c>
       <c r="L9" s="9">
         <v>41</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
-      <c r="J10" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="J10" s="9">
+        <v>1</v>
+      </c>
+      <c r="K10" s="9"/>
       <c r="L10" s="9"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="10"/>
       <c r="C11" s="9">
         <v>2</v>
       </c>
       <c r="D11" s="9">
+        <v>1</v>
+      </c>
+      <c r="E11" s="9">
         <v>2</v>
       </c>
-      <c r="E11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G11" s="9">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H11" s="9">
         <v>4</v>
       </c>
       <c r="I11" s="9">
+        <v>1</v>
+      </c>
+      <c r="J11" s="9">
         <v>4</v>
       </c>
-      <c r="J11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="K11" s="9">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L11" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="10"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
-      <c r="K12" s="9"/>
+      <c r="K12" s="9">
+        <v>1</v>
+      </c>
       <c r="L12" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="9">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="D13" s="9">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="E13" s="9">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="F13" s="9">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="G13" s="9">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="H13" s="9">
+        <v>94</v>
+      </c>
+      <c r="I13" s="9">
+        <v>99</v>
+      </c>
+      <c r="J13" s="9">
+        <v>101</v>
+      </c>
+      <c r="K13" s="9">
+        <v>118</v>
+      </c>
+      <c r="L13" s="9">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="10"/>
-      <c r="C14" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C14" s="9">
+        <v>1</v>
+      </c>
+      <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
-      <c r="G14" s="9"/>
+      <c r="G14" s="9">
+        <v>3</v>
+      </c>
       <c r="H14" s="9">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="I14" s="9">
         <v>2</v>
       </c>
+      <c r="I14" s="9"/>
       <c r="J14" s="9"/>
-      <c r="K14" s="9"/>
+      <c r="K14" s="9">
+        <v>1</v>
+      </c>
       <c r="L14" s="9">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
-      <c r="G15" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G15" s="9">
+        <v>1</v>
+      </c>
+      <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="13">
-        <v>3424</v>
+        <v>3278</v>
       </c>
       <c r="D16" s="13">
-        <v>3278</v>
+        <v>3093</v>
       </c>
       <c r="E16" s="13">
-        <v>3093</v>
+        <v>3480</v>
       </c>
       <c r="F16" s="13">
-        <v>3480</v>
+        <v>3161</v>
       </c>
       <c r="G16" s="13">
-        <v>3161</v>
+        <v>2831</v>
       </c>
       <c r="H16" s="13">
-        <v>2831</v>
+        <v>2933</v>
       </c>
       <c r="I16" s="13">
-        <v>2933</v>
+        <v>2970</v>
       </c>
       <c r="J16" s="13">
-        <v>2970</v>
+        <v>3135</v>
       </c>
       <c r="K16" s="13">
-        <v>3135</v>
+        <v>3190</v>
       </c>
       <c r="L16" s="13">
-        <v>3190</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
@@ -825,164 +827,164 @@
       </c>
       <c r="H18" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J18" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="9">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="D19" s="9">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="E19" s="9">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="F19" s="9">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="G19" s="9">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="H19" s="9">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="I19" s="9">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="J19" s="9">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="K19" s="9">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="L19" s="9">
-        <v>1317</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="13">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="D20" s="13">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="E20" s="13">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="F20" s="13">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="G20" s="13">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="H20" s="13">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="I20" s="13">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="J20" s="13">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="K20" s="13">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="L20" s="13">
-        <v>1317</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A21" s="14"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="12"/>
       <c r="C22" s="13">
-        <v>4747</v>
+        <v>4616</v>
       </c>
       <c r="D22" s="13">
-        <v>4616</v>
+        <v>4387</v>
       </c>
       <c r="E22" s="13">
-        <v>4387</v>
+        <v>4809</v>
       </c>
       <c r="F22" s="13">
-        <v>4809</v>
+        <v>4344</v>
       </c>
       <c r="G22" s="13">
-        <v>4344</v>
+        <v>3773</v>
       </c>
       <c r="H22" s="13">
-        <v>3773</v>
+        <v>4004</v>
       </c>
       <c r="I22" s="13">
-        <v>4004</v>
+        <v>4202</v>
       </c>
       <c r="J22" s="13">
-        <v>4202</v>
+        <v>4461</v>
       </c>
       <c r="K22" s="13">
-        <v>4461</v>
+        <v>4507</v>
       </c>
       <c r="L22" s="13">
-        <v>4507</v>
+        <v>4663</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="16"/>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
       <c r="L24" s="16"/>
       <c r="M24" s="16"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A24:M24"/>