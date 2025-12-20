--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -159,54 +159,54 @@
   <si>
     <t>ETKAS</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Allocation program (donors 65+)</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
-    <t>Kidney-only transplants (deceased donor) in 2025 (Jan-Sep), by country, by characteristic</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2078P_2025_kidney : 10.10.2025 :  excluding organ combinations</t>
+    <t>Kidney-only transplants (deceased donor) in 2025 (Jan-Nov), by country, by characteristic</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2078P_2025_kidney : 08.12.2025 :  excluding organ combinations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -402,1183 +402,1189 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C4" s="6">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" s="6">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="E4" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F4" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G4" s="6">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H4" s="6">
         <v>1</v>
       </c>
       <c r="I4" s="7">
-        <v>172</v>
+        <v>203</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C5" s="6">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D5" s="6">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="E5" s="6">
         <v>8</v>
       </c>
       <c r="F5" s="6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G5" s="6">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="H5" s="6"/>
+        <v>35</v>
+      </c>
+      <c r="H5" s="6">
+        <v>1</v>
+      </c>
       <c r="I5" s="7">
-        <v>116</v>
+        <v>146</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="C6" s="6">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="D6" s="6">
-        <v>170</v>
+        <v>209</v>
       </c>
       <c r="E6" s="6">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F6" s="6">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G6" s="6">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="H6" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I6" s="7">
-        <v>434</v>
+        <v>522</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C7" s="6">
+        <v>155</v>
+      </c>
+      <c r="D7" s="6">
+        <v>416</v>
+      </c>
+      <c r="E7" s="6">
+        <v>74</v>
+      </c>
+      <c r="F7" s="6">
+        <v>33</v>
+      </c>
+      <c r="G7" s="6">
         <v>132</v>
       </c>
-      <c r="D7" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="H7" s="6">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I7" s="7">
-        <v>760</v>
+        <v>926</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="C8" s="6">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D8" s="6">
-        <v>260</v>
+        <v>322</v>
       </c>
       <c r="E8" s="6">
+        <v>43</v>
+      </c>
+      <c r="F8" s="6">
         <v>31</v>
       </c>
-      <c r="F8" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="6">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="H8" s="6">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I8" s="7">
-        <v>505</v>
+        <v>635</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="6">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C9" s="6">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D9" s="6">
-        <v>161</v>
+        <v>191</v>
       </c>
       <c r="E9" s="6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F9" s="6">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G9" s="6">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="H9" s="6">
         <v>1</v>
       </c>
       <c r="I9" s="7">
-        <v>259</v>
+        <v>317</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C10" s="6">
         <v>1</v>
       </c>
       <c r="D10" s="6">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E10" s="6"/>
       <c r="F10" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G10" s="6">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="7">
-        <v>68</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C11" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D11" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E11" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F11" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G11" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H11" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I11" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A12" s="8"/>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="6">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="C15" s="6">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="D15" s="6">
-        <v>452</v>
+        <v>574</v>
       </c>
       <c r="E15" s="6">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="F15" s="6">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="G15" s="6">
-        <v>157</v>
+        <v>198</v>
       </c>
       <c r="H15" s="6">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I15" s="7">
-        <v>937</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="6">
         <v>12</v>
       </c>
       <c r="C16" s="6">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D16" s="6">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="E16" s="6">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F16" s="6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G16" s="6">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6">
         <v>1</v>
       </c>
       <c r="I16" s="7">
-        <v>130</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B17" s="6">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C17" s="6">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D17" s="6">
-        <v>157</v>
+        <v>202</v>
       </c>
       <c r="E17" s="6">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F17" s="6">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G17" s="6">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H17" s="6">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I17" s="7">
-        <v>287</v>
+        <v>366</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="6">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="C18" s="6">
-        <v>174</v>
+        <v>204</v>
       </c>
       <c r="D18" s="6">
-        <v>443</v>
+        <v>522</v>
       </c>
       <c r="E18" s="6">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="F18" s="6">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="G18" s="6">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="H18" s="6">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I18" s="7">
-        <v>960</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C19" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D19" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E19" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F19" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G19" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H19" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I19" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="8"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="6">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="C23" s="6">
-        <v>150</v>
+        <v>174</v>
       </c>
       <c r="D23" s="6">
-        <v>423</v>
+        <v>531</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23" s="6">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="G23" s="6">
-        <v>117</v>
+        <v>142</v>
       </c>
       <c r="H23" s="6">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I23" s="7">
-        <v>831</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="6">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="C24" s="6">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="D24" s="6">
-        <v>404</v>
+        <v>480</v>
       </c>
       <c r="E24" s="6">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="F24" s="6">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G24" s="6">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="H24" s="6">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="I24" s="7">
-        <v>747</v>
+        <v>909</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="6">
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="C25" s="6">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="D25" s="6">
-        <v>293</v>
+        <v>366</v>
       </c>
       <c r="E25" s="6">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="6">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="7">
-        <v>736</v>
+        <v>901</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C26" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D26" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E26" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F26" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G26" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H26" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I26" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A27" s="8"/>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A30" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="6">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="C30" s="6">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D30" s="6">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="E30" s="6">
+        <v>22</v>
+      </c>
+      <c r="F30" s="6">
         <v>17</v>
       </c>
-      <c r="F30" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="6">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="H30" s="6">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I30" s="7">
-        <v>381</v>
+        <v>478</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A31" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="6">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C31" s="6">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="D31" s="6">
-        <v>118</v>
+        <v>152</v>
       </c>
       <c r="E31" s="6">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F31" s="6">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G31" s="6">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="H31" s="6">
         <v>11</v>
       </c>
       <c r="I31" s="7">
-        <v>277</v>
+        <v>346</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A32" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="6">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C32" s="6">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D32" s="6">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="E32" s="6">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F32" s="6">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G32" s="6">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="H32" s="6">
         <v>4</v>
       </c>
       <c r="I32" s="7">
-        <v>384</v>
+        <v>462</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A33" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="6">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="C33" s="6">
-        <v>129</v>
+        <v>152</v>
       </c>
       <c r="D33" s="6">
-        <v>257</v>
+        <v>315</v>
       </c>
       <c r="E33" s="6">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="F33" s="6">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G33" s="6">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="H33" s="6"/>
+        <v>183</v>
+      </c>
+      <c r="H33" s="6">
+        <v>2</v>
+      </c>
       <c r="I33" s="7">
-        <v>692</v>
+        <v>842</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A34" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="6">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C34" s="6">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D34" s="6">
-        <v>428</v>
+        <v>515</v>
       </c>
       <c r="E34" s="6">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="F34" s="6">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G34" s="6">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="H34" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I34" s="7">
-        <v>580</v>
+        <v>710</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C35" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D35" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E35" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F35" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G35" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H35" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I35" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A36" s="8"/>
       <c r="B36" s="9"/>
       <c r="C36" s="9"/>
       <c r="D36" s="9"/>
       <c r="E36" s="9"/>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
       <c r="H36" s="9"/>
       <c r="I36" s="9"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="38" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="6">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C39" s="6">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D39" s="6">
         <v>13</v>
       </c>
       <c r="E39" s="6">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F39" s="6">
         <v>7</v>
       </c>
       <c r="G39" s="6">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H39" s="6">
         <v>2</v>
       </c>
       <c r="I39" s="7">
-        <v>95</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="6">
         <v>1</v>
       </c>
       <c r="C40" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D40" s="6">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E40" s="6"/>
       <c r="F40" s="6">
         <v>1</v>
       </c>
       <c r="G40" s="6">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="7">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A41" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B41" s="6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C41" s="6">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D41" s="6">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E41" s="6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F41" s="6">
         <v>1</v>
       </c>
       <c r="G41" s="6">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="7">
-        <v>69</v>
+        <v>92</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A42" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B42" s="6">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C42" s="6">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D42" s="6">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="E42" s="6">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F42" s="6">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G42" s="6">
-        <v>94</v>
+        <v>118</v>
       </c>
       <c r="H42" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I42" s="7">
-        <v>282</v>
+        <v>337</v>
       </c>
     </row>
     <row r="43" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A43" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="6">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="C43" s="6">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="D43" s="6">
-        <v>258</v>
+        <v>328</v>
       </c>
       <c r="E43" s="6">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="F43" s="6">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="G43" s="6">
-        <v>159</v>
+        <v>198</v>
       </c>
       <c r="H43" s="6">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I43" s="7">
-        <v>810</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="44" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="6">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="C44" s="6">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="D44" s="6">
-        <v>740</v>
+        <v>902</v>
       </c>
       <c r="E44" s="6">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="F44" s="6">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G44" s="6">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="H44" s="6">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="I44" s="7">
-        <v>1023</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="45" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C45" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D45" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E45" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F45" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G45" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H45" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I45" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="46" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A46" s="8"/>
       <c r="B46" s="9"/>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
     </row>
     <row r="47" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="48" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="49" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A49" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B49" s="6">
-        <v>184</v>
+        <v>224</v>
       </c>
       <c r="C49" s="6">
-        <v>288</v>
+        <v>338</v>
       </c>
       <c r="D49" s="6">
-        <v>971</v>
+        <v>1191</v>
       </c>
       <c r="E49" s="6">
-        <v>132</v>
+        <v>163</v>
       </c>
       <c r="F49" s="6">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="G49" s="6">
-        <v>311</v>
+        <v>385</v>
       </c>
       <c r="H49" s="6">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="I49" s="7">
-        <v>1991</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="50" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B50" s="6">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C50" s="6">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D50" s="6">
-        <v>149</v>
+        <v>186</v>
       </c>
       <c r="E50" s="6">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F50" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G50" s="6">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="H50" s="6"/>
+        <v>89</v>
+      </c>
+      <c r="H50" s="6">
+        <v>2</v>
+      </c>
       <c r="I50" s="7">
-        <v>323</v>
+        <v>399</v>
       </c>
     </row>
     <row r="51" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C51" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D51" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E51" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F51" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G51" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H51" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I51" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="52" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A52" s="8"/>
       <c r="B52" s="9"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="9"/>
       <c r="F52" s="9"/>
       <c r="G52" s="9"/>
       <c r="H52" s="9"/>
       <c r="I52" s="9"/>
     </row>
     <row r="53" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="54" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A54" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D54" s="3" t="s">
@@ -1589,492 +1595,494 @@
       </c>
       <c r="F54" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="55" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B55" s="6">
         <v>4</v>
       </c>
       <c r="C55" s="6">
         <v>5</v>
       </c>
       <c r="D55" s="6">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="E55" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F55" s="6">
         <v>1</v>
       </c>
       <c r="G55" s="6">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H55" s="6">
         <v>1</v>
       </c>
       <c r="I55" s="7">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="56" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B56" s="6">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="C56" s="6">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="D56" s="6">
-        <v>462</v>
+        <v>549</v>
       </c>
       <c r="E56" s="6">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="F56" s="6">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G56" s="6">
-        <v>136</v>
+        <v>170</v>
       </c>
       <c r="H56" s="6">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I56" s="7">
-        <v>961</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="57" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B57" s="6">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="C57" s="6">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="D57" s="6">
-        <v>255</v>
+        <v>322</v>
       </c>
       <c r="E57" s="6">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F57" s="6">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G57" s="6">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="H57" s="6">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I57" s="7">
-        <v>559</v>
+        <v>687</v>
       </c>
     </row>
     <row r="58" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B58" s="6">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="C58" s="6">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="D58" s="6">
-        <v>350</v>
+        <v>445</v>
       </c>
       <c r="E58" s="6">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="F58" s="6">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G58" s="6">
-        <v>161</v>
+        <v>204</v>
       </c>
       <c r="H58" s="6">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I58" s="7">
-        <v>723</v>
+        <v>914</v>
       </c>
     </row>
     <row r="59" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A59" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C59" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D59" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E59" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F59" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G59" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H59" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I59" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="60" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A60" s="8"/>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
       <c r="G60" s="9"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
     </row>
     <row r="61" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="62" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A62" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="63" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A63" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B63" s="6">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C63" s="6">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D63" s="6">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="E63" s="6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F63" s="6">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G63" s="6">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="H63" s="6">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I63" s="7">
-        <v>340</v>
+        <v>411</v>
       </c>
     </row>
     <row r="64" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A64" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B64" s="6">
-        <v>199</v>
+        <v>247</v>
       </c>
       <c r="C64" s="6">
-        <v>311</v>
+        <v>363</v>
       </c>
       <c r="D64" s="6">
-        <v>922</v>
+        <v>1141</v>
       </c>
       <c r="E64" s="6">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="F64" s="6">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="G64" s="6">
-        <v>324</v>
+        <v>399</v>
       </c>
       <c r="H64" s="6">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="I64" s="7">
-        <v>1974</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="65" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A65" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C65" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D65" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E65" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F65" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G65" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H65" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I65" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="66" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A66" s="8"/>
       <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="8"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
       <c r="I66" s="8"/>
     </row>
     <row r="67" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="68" s="1" customFormat="1" ht="26.1317" customHeight="1">
       <c r="A68" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="69" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A69" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B69" s="6">
-        <v>162</v>
+        <v>202</v>
       </c>
       <c r="C69" s="6">
-        <v>270</v>
+        <v>307</v>
       </c>
       <c r="D69" s="6">
-        <v>629</v>
+        <v>774</v>
       </c>
       <c r="E69" s="6">
-        <v>132</v>
+        <v>160</v>
       </c>
       <c r="F69" s="6">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="G69" s="6">
-        <v>195</v>
+        <v>240</v>
       </c>
       <c r="H69" s="6">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="I69" s="7">
-        <v>1457</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="70" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A70" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B70" s="6">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C70" s="6">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D70" s="6">
-        <v>245</v>
+        <v>310</v>
       </c>
       <c r="E70" s="6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F70" s="6">
         <v>11</v>
       </c>
       <c r="G70" s="6">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="H70" s="6">
         <v>1</v>
       </c>
       <c r="I70" s="7">
-        <v>418</v>
+        <v>527</v>
       </c>
     </row>
     <row r="71" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A71" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B71" s="6">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C71" s="6">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D71" s="6">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E71" s="6">
         <v>1</v>
       </c>
-      <c r="F71" s="6"/>
+      <c r="F71" s="6">
+        <v>2</v>
+      </c>
       <c r="G71" s="6">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H71" s="6"/>
       <c r="I71" s="7">
-        <v>99</v>
+        <v>122</v>
       </c>
     </row>
     <row r="72" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A72" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="6">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C72" s="6">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D72" s="6">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="E72" s="6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F72" s="6">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G72" s="6">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="H72" s="6">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I72" s="7">
-        <v>340</v>
+        <v>411</v>
       </c>
     </row>
     <row r="73" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A73" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C73" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D73" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E73" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F73" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G73" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H73" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I73" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="74" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A74" s="8"/>
       <c r="B74" s="9"/>
       <c r="C74" s="9"/>
       <c r="D74" s="9"/>
       <c r="E74" s="9"/>
       <c r="F74" s="9"/>
       <c r="G74" s="9"/>
       <c r="H74" s="9"/>
       <c r="I74" s="9"/>
     </row>
     <row r="75" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="76" s="1" customFormat="1" ht="26.1317" customHeight="1">
       <c r="A76" s="10" t="s">
         <v>46</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D76" s="3" t="s">
@@ -2092,290 +2100,292 @@
       <c r="H76" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A77" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B77" s="6"/>
       <c r="C77" s="6"/>
       <c r="D77" s="6"/>
       <c r="E77" s="6"/>
       <c r="F77" s="6"/>
       <c r="G77" s="6"/>
       <c r="H77" s="6"/>
       <c r="I77" s="7"/>
     </row>
     <row r="78" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A78" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B78" s="6">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C78" s="6">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D78" s="6">
-        <v>245</v>
+        <v>310</v>
       </c>
       <c r="E78" s="6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F78" s="6">
         <v>11</v>
       </c>
       <c r="G78" s="6">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="H78" s="6">
         <v>1</v>
       </c>
       <c r="I78" s="7">
-        <v>418</v>
+        <v>527</v>
       </c>
     </row>
     <row r="79" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A79" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B79" s="6"/>
       <c r="C79" s="6"/>
       <c r="D79" s="6"/>
       <c r="E79" s="6"/>
       <c r="F79" s="6"/>
       <c r="G79" s="6"/>
       <c r="H79" s="6"/>
       <c r="I79" s="7"/>
     </row>
     <row r="80" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A80" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B80" s="6">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C80" s="6">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D80" s="6">
-        <v>112</v>
+        <v>139</v>
       </c>
       <c r="E80" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F80" s="6">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G80" s="6">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H80" s="6">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I80" s="7">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="81" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A81" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="7">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C81" s="7">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="D81" s="7">
-        <v>357</v>
+        <v>449</v>
       </c>
       <c r="E81" s="7">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F81" s="7">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G81" s="7">
-        <v>127</v>
+        <v>162</v>
       </c>
       <c r="H81" s="7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I81" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="82" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A82" s="8"/>
       <c r="B82" s="9"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="9"/>
       <c r="G82" s="9"/>
       <c r="H82" s="9"/>
       <c r="I82" s="9"/>
     </row>
     <row r="83" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="84" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A84" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A85" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B85" s="6">
-        <v>176</v>
+        <v>215</v>
       </c>
       <c r="C85" s="6">
-        <v>231</v>
+        <v>266</v>
       </c>
       <c r="D85" s="6">
-        <v>715</v>
+        <v>896</v>
       </c>
       <c r="E85" s="6">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="F85" s="6">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="G85" s="6">
-        <v>267</v>
+        <v>331</v>
       </c>
       <c r="H85" s="6">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I85" s="7">
-        <v>1566</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="86" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A86" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B86" s="6"/>
       <c r="C86" s="6"/>
       <c r="D86" s="6">
         <v>3</v>
       </c>
       <c r="E86" s="6">
         <v>1</v>
       </c>
       <c r="F86" s="6"/>
-      <c r="G86" s="6"/>
+      <c r="G86" s="6">
+        <v>2</v>
+      </c>
       <c r="H86" s="6"/>
       <c r="I86" s="7">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A87" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B87" s="6">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="C87" s="6">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="D87" s="6">
-        <v>402</v>
+        <v>478</v>
       </c>
       <c r="E87" s="6">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="F87" s="6">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G87" s="6">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="H87" s="6">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="I87" s="7">
-        <v>744</v>
+        <v>906</v>
       </c>
     </row>
     <row r="88" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A88" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="7">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="C88" s="7">
-        <v>328</v>
+        <v>387</v>
       </c>
       <c r="D88" s="7">
-        <v>1120</v>
+        <v>1377</v>
       </c>
       <c r="E88" s="7">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="F88" s="7">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="G88" s="7">
-        <v>386</v>
+        <v>474</v>
       </c>
       <c r="H88" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I88" s="7">
-        <v>2314</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="89" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A89" s="8"/>
       <c r="B89" s="9"/>
       <c r="C89" s="9"/>
       <c r="D89" s="9"/>
       <c r="E89" s="9"/>
       <c r="F89" s="9"/>
       <c r="G89" s="9"/>
       <c r="H89" s="9"/>
       <c r="I89" s="9"/>
     </row>
     <row r="90" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
     <row r="91" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A91" s="12" t="s">
         <v>52</v>
       </c>
       <c r="B91" s="12"/>
       <c r="C91" s="12"/>
       <c r="D91" s="12"/>
       <c r="E91" s="12"/>
       <c r="F91" s="12"/>
       <c r="G91" s="12"/>
       <c r="H91" s="12"/>