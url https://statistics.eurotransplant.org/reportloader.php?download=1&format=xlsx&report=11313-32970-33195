--- v1 (2025-12-20)
+++ v2 (2026-02-14)
@@ -4,51 +4,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="52">
   <si>
     <t>HLA A,B,DR mismatches</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
@@ -153,60 +153,57 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Allocation program (all donors)</t>
   </si>
   <si>
     <t>ETKAS</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Allocation program (donors 65+)</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
-    <t>High Urgency</t>
-[...1 lines deleted...]
-  <si>
     <t>Immunized</t>
   </si>
   <si>
-    <t>Kidney-only transplants (deceased donor) in 2025 (Jan-Nov), by country, by characteristic</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2078P_2025_kidney : 08.12.2025 :  excluding organ combinations</t>
+    <t>Kidney-only transplants (deceased donor) in 2026 (Jan-Jan), by country, by characteristic</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2078P_2026_kidney : 12.02.2026 :  excluding organ combinations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -342,1747 +339,1655 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1" horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1" horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J92"/>
+  <dimension ref="A1:J91"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="20.6793" customWidth="1"/>
     <col min="2" max="9" width="6.27479866666667" customWidth="1"/>
     <col min="10" max="10" width="13.366772" customWidth="1"/>
     <col min="11" max="11" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="11" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
       <c r="G1" s="11"/>
       <c r="H1" s="11"/>
       <c r="I1" s="11"/>
       <c r="J1" s="11"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B4" s="6"/>
       <c r="C4" s="6">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="D4" s="6">
-        <v>122</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="6"/>
       <c r="G4" s="6">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="H4" s="6"/>
       <c r="I4" s="7">
-        <v>203</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="C5" s="6">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="D5" s="6">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="E5" s="6">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F5" s="6">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G5" s="6">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="H5" s="6"/>
       <c r="I5" s="7">
-        <v>146</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>56</v>
+        <v>5</v>
       </c>
       <c r="C6" s="6">
-        <v>94</v>
+        <v>7</v>
       </c>
       <c r="D6" s="6">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="E6" s="6">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="G6" s="6">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="H6" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I6" s="7">
-        <v>522</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="C7" s="6">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="D7" s="6">
-        <v>416</v>
+        <v>37</v>
       </c>
       <c r="E7" s="6">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="F7" s="6">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="G7" s="6">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H7" s="6"/>
       <c r="I7" s="7">
-        <v>926</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
-        <v>70</v>
+        <v>7</v>
       </c>
       <c r="C8" s="6">
+        <v>6</v>
+      </c>
+      <c r="D8" s="6">
+        <v>37</v>
+      </c>
+      <c r="E8" s="6">
+        <v>4</v>
+      </c>
+      <c r="F8" s="6">
+        <v>1</v>
+      </c>
+      <c r="G8" s="6">
+        <v>16</v>
+      </c>
+      <c r="H8" s="6">
+        <v>1</v>
+      </c>
+      <c r="I8" s="7">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="6">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="C9" s="6"/>
       <c r="D9" s="6">
-        <v>191</v>
+        <v>16</v>
       </c>
       <c r="E9" s="6">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F9" s="6"/>
       <c r="G9" s="6">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="H9" s="6"/>
       <c r="I9" s="7">
-        <v>317</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6">
+        <v>1</v>
+      </c>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6">
         <v>6</v>
       </c>
-      <c r="C10" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="6"/>
-      <c r="F10" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="F10" s="6"/>
       <c r="G10" s="6">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="7">
-        <v>89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C11" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D11" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E11" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F11" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G11" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H11" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I11" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A12" s="8"/>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="6">
-        <v>127</v>
+        <v>7</v>
       </c>
       <c r="C15" s="6">
-        <v>136</v>
+        <v>13</v>
       </c>
       <c r="D15" s="6">
-        <v>574</v>
+        <v>60</v>
       </c>
       <c r="E15" s="6">
-        <v>79</v>
+        <v>3</v>
       </c>
       <c r="F15" s="6">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G15" s="6">
-        <v>198</v>
+        <v>20</v>
       </c>
       <c r="H15" s="6">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I15" s="7">
-        <v>1168</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="6">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C16" s="6">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D16" s="6">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E16" s="6"/>
       <c r="F16" s="6">
+        <v>1</v>
+      </c>
+      <c r="G16" s="6">
         <v>5</v>
       </c>
-      <c r="G16" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="H16" s="6"/>
       <c r="I16" s="7">
-        <v>152</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B17" s="6">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="C17" s="6">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="D17" s="6">
-        <v>202</v>
+        <v>7</v>
       </c>
       <c r="E17" s="6">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="F17" s="6">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="G17" s="6">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="H17" s="6">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I17" s="7">
-        <v>366</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="6">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="C18" s="6">
-        <v>204</v>
+        <v>11</v>
       </c>
       <c r="D18" s="6">
-        <v>522</v>
+        <v>66</v>
       </c>
       <c r="E18" s="6">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="F18" s="6">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="G18" s="6">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="H18" s="6"/>
       <c r="I18" s="7">
-        <v>1152</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C19" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D19" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E19" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F19" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G19" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H19" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I19" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="8"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="6">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="C23" s="6">
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="D23" s="6">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="E23" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="E23" s="6">
+        <v>1</v>
+      </c>
       <c r="F23" s="6">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="G23" s="6">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="H23" s="6">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="I23" s="7">
-        <v>1028</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="6">
-        <v>65</v>
+        <v>4</v>
       </c>
       <c r="C24" s="6">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D24" s="6">
-        <v>480</v>
+        <v>48</v>
       </c>
       <c r="E24" s="6">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="F24" s="6">
-        <v>44</v>
+        <v>5</v>
       </c>
       <c r="G24" s="6">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="H24" s="6">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I24" s="7">
-        <v>909</v>
+        <v>86</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="6">
-        <v>124</v>
+        <v>16</v>
       </c>
       <c r="C25" s="6">
-        <v>92</v>
+        <v>6</v>
       </c>
       <c r="D25" s="6">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E25" s="6">
-        <v>129</v>
+        <v>11</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="6">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="7">
-        <v>901</v>
+        <v>101</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C26" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D26" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E26" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F26" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G26" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H26" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I26" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A27" s="8"/>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A30" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="6">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="C30" s="6">
-        <v>72</v>
+        <v>6</v>
       </c>
       <c r="D30" s="6">
-        <v>216</v>
+        <v>22</v>
       </c>
       <c r="E30" s="6">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="F30" s="6"/>
       <c r="G30" s="6">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="H30" s="6">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="I30" s="7">
-        <v>478</v>
+        <v>43</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A31" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="6">
+        <v>2</v>
+      </c>
+      <c r="C31" s="6">
+        <v>5</v>
+      </c>
+      <c r="D31" s="6">
+        <v>12</v>
+      </c>
+      <c r="E31" s="6">
+        <v>1</v>
+      </c>
+      <c r="F31" s="6"/>
+      <c r="G31" s="6">
+        <v>12</v>
+      </c>
+      <c r="H31" s="6">
+        <v>1</v>
+      </c>
+      <c r="I31" s="7">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A32" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="6">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C32" s="6">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="D32" s="6">
-        <v>179</v>
+        <v>15</v>
       </c>
       <c r="E32" s="6">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="F32" s="6">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G32" s="6">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="H32" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I32" s="7">
-        <v>462</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A33" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="6">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="C33" s="6">
-        <v>152</v>
+        <v>10</v>
       </c>
       <c r="D33" s="6">
-        <v>315</v>
+        <v>33</v>
       </c>
       <c r="E33" s="6">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="F33" s="6">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="G33" s="6">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H33" s="6"/>
       <c r="I33" s="7">
-        <v>842</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A34" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="6">
-        <v>44</v>
+        <v>5</v>
       </c>
       <c r="C34" s="6">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="D34" s="6">
-        <v>515</v>
+        <v>56</v>
       </c>
       <c r="E34" s="6">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="F34" s="6"/>
       <c r="G34" s="6">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="H34" s="6"/>
       <c r="I34" s="7">
-        <v>710</v>
+        <v>74</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C35" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D35" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E35" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F35" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G35" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H35" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I35" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A36" s="8"/>
       <c r="B36" s="9"/>
       <c r="C36" s="9"/>
       <c r="D36" s="9"/>
       <c r="E36" s="9"/>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
       <c r="H36" s="9"/>
       <c r="I36" s="9"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="38" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="6">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="C39" s="6">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="D39" s="6">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="E39" s="6">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F39" s="6"/>
       <c r="G39" s="6">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="H39" s="6"/>
       <c r="I39" s="7">
-        <v>112</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="6">
         <v>1</v>
       </c>
-      <c r="C40" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="C40" s="6"/>
       <c r="D40" s="6">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E40" s="6"/>
-      <c r="F40" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="6"/>
       <c r="G40" s="6">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="7">
-        <v>41</v>
+        <v>5</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A41" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B41" s="6">
+      <c r="B41" s="6"/>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6">
+        <v>4</v>
+      </c>
+      <c r="E41" s="6">
+        <v>2</v>
+      </c>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6">
         <v>6</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="7">
-        <v>92</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A42" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B42" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B42" s="6"/>
       <c r="C42" s="6">
-        <v>54</v>
+        <v>2</v>
       </c>
       <c r="D42" s="6">
-        <v>95</v>
-[...6 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
       <c r="G42" s="6">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H42" s="6"/>
       <c r="I42" s="7">
-        <v>337</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A43" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="6">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="C43" s="6">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="D43" s="6">
-        <v>328</v>
+        <v>34</v>
       </c>
       <c r="E43" s="6">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="F43" s="6">
-        <v>56</v>
+        <v>5</v>
       </c>
       <c r="G43" s="6">
-        <v>198</v>
+        <v>20</v>
       </c>
       <c r="H43" s="6">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="I43" s="7">
-        <v>1007</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="6">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="C44" s="6">
-        <v>97</v>
+        <v>7</v>
       </c>
       <c r="D44" s="6">
-        <v>902</v>
+        <v>94</v>
       </c>
       <c r="E44" s="6">
-        <v>57</v>
+        <v>3</v>
       </c>
       <c r="F44" s="6">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="G44" s="6">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="H44" s="6">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I44" s="7">
-        <v>1249</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C45" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D45" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E45" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F45" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G45" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H45" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I45" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="46" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A46" s="8"/>
       <c r="B46" s="9"/>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
     </row>
     <row r="47" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="48" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="49" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A49" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B49" s="6">
-        <v>224</v>
+        <v>27</v>
       </c>
       <c r="C49" s="6">
-        <v>338</v>
+        <v>25</v>
       </c>
       <c r="D49" s="6">
-        <v>1191</v>
+        <v>121</v>
       </c>
       <c r="E49" s="6">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="F49" s="6">
-        <v>99</v>
+        <v>8</v>
       </c>
       <c r="G49" s="6">
-        <v>385</v>
+        <v>60</v>
       </c>
       <c r="H49" s="6">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="I49" s="7">
-        <v>2439</v>
+        <v>258</v>
       </c>
     </row>
     <row r="50" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B50" s="6">
-        <v>56</v>
+        <v>4</v>
       </c>
       <c r="C50" s="6">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="D50" s="6">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="E50" s="6"/>
       <c r="F50" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G50" s="6">
-        <v>89</v>
+        <v>6</v>
       </c>
       <c r="H50" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I50" s="7">
-        <v>399</v>
+        <v>33</v>
       </c>
     </row>
     <row r="51" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C51" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D51" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E51" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F51" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G51" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H51" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I51" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="52" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A52" s="8"/>
       <c r="B52" s="9"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="9"/>
       <c r="F52" s="9"/>
       <c r="G52" s="9"/>
       <c r="H52" s="9"/>
       <c r="I52" s="9"/>
     </row>
     <row r="53" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="54" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A54" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="55" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A55" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B55" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="B55" s="6"/>
+      <c r="C55" s="6"/>
       <c r="D55" s="6">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
       <c r="G55" s="6">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="H55" s="6"/>
       <c r="I55" s="7">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B56" s="6">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="C56" s="6">
-        <v>155</v>
+        <v>15</v>
       </c>
       <c r="D56" s="6">
-        <v>549</v>
+        <v>45</v>
       </c>
       <c r="E56" s="6">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="F56" s="6">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="G56" s="6">
-        <v>170</v>
+        <v>16</v>
       </c>
       <c r="H56" s="6">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I56" s="7">
-        <v>1156</v>
+        <v>109</v>
       </c>
     </row>
     <row r="57" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B57" s="6">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="C57" s="6">
-        <v>117</v>
+        <v>8</v>
       </c>
       <c r="D57" s="6">
-        <v>322</v>
+        <v>43</v>
       </c>
       <c r="E57" s="6">
-        <v>44</v>
+        <v>4</v>
       </c>
       <c r="F57" s="6">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="G57" s="6">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="H57" s="6">
         <v>10</v>
       </c>
+      <c r="H57" s="6"/>
       <c r="I57" s="7">
-        <v>687</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B58" s="6">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="C58" s="6">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="D58" s="6">
-        <v>445</v>
+        <v>47</v>
       </c>
       <c r="E58" s="6">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="F58" s="6">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G58" s="6">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="H58" s="6"/>
       <c r="I58" s="7">
-        <v>914</v>
+        <v>101</v>
       </c>
     </row>
     <row r="59" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A59" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C59" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D59" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E59" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F59" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G59" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H59" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I59" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="60" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A60" s="8"/>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
       <c r="G60" s="9"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
     </row>
     <row r="61" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="62" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A62" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="63" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A63" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B63" s="6">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="C63" s="6"/>
       <c r="D63" s="6">
-        <v>236</v>
+        <v>26</v>
       </c>
       <c r="E63" s="6">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F63" s="6">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="G63" s="6">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="H63" s="6"/>
       <c r="I63" s="7">
-        <v>411</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A64" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B64" s="6">
-        <v>247</v>
+        <v>28</v>
       </c>
       <c r="C64" s="6">
-        <v>363</v>
+        <v>29</v>
       </c>
       <c r="D64" s="6">
-        <v>1141</v>
+        <v>112</v>
       </c>
       <c r="E64" s="6">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="F64" s="6">
-        <v>81</v>
+        <v>8</v>
       </c>
       <c r="G64" s="6">
-        <v>399</v>
+        <v>57</v>
       </c>
       <c r="H64" s="6">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="I64" s="7">
-        <v>2427</v>
+        <v>251</v>
       </c>
     </row>
     <row r="65" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A65" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C65" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D65" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E65" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F65" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G65" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H65" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I65" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="66" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A66" s="8"/>
       <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="8"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
       <c r="I66" s="8"/>
     </row>
     <row r="67" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="68" s="1" customFormat="1" ht="26.1317" customHeight="1">
       <c r="A68" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="69" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A69" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B69" s="6">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="C69" s="6">
-        <v>307</v>
+        <v>25</v>
       </c>
       <c r="D69" s="6">
-        <v>774</v>
+        <v>70</v>
       </c>
       <c r="E69" s="6">
-        <v>160</v>
+        <v>13</v>
       </c>
       <c r="F69" s="6">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="G69" s="6">
-        <v>240</v>
+        <v>31</v>
       </c>
       <c r="H69" s="6">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="I69" s="7">
-        <v>1778</v>
+        <v>173</v>
       </c>
     </row>
     <row r="70" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A70" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B70" s="6">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="C70" s="6">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="D70" s="6">
-        <v>310</v>
+        <v>39</v>
       </c>
       <c r="E70" s="6">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F70" s="6"/>
       <c r="G70" s="6">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H70" s="6"/>
       <c r="I70" s="7">
-        <v>527</v>
+        <v>71</v>
       </c>
     </row>
     <row r="71" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A71" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B71" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B71" s="6"/>
       <c r="C71" s="6">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D71" s="6">
-        <v>57</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="E71" s="6"/>
+      <c r="F71" s="6"/>
       <c r="G71" s="6">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="H71" s="6"/>
       <c r="I71" s="7">
-        <v>122</v>
+        <v>7</v>
       </c>
     </row>
     <row r="72" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A72" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="6">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="C72" s="6"/>
       <c r="D72" s="6">
-        <v>236</v>
+        <v>26</v>
       </c>
       <c r="E72" s="6">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F72" s="6">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="G72" s="6">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="H72" s="6"/>
       <c r="I72" s="7">
-        <v>411</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A73" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="7">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="C73" s="7">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="D73" s="7">
-        <v>1377</v>
+        <v>138</v>
       </c>
       <c r="E73" s="7">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F73" s="7">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="G73" s="7">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="H73" s="7">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I73" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A74" s="8"/>
       <c r="B74" s="9"/>
       <c r="C74" s="9"/>
       <c r="D74" s="9"/>
       <c r="E74" s="9"/>
       <c r="F74" s="9"/>
       <c r="G74" s="9"/>
       <c r="H74" s="9"/>
       <c r="I74" s="9"/>
     </row>
     <row r="75" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="76" s="1" customFormat="1" ht="26.1317" customHeight="1">
       <c r="A76" s="10" t="s">
         <v>46</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D76" s="3" t="s">
@@ -2100,325 +2005,286 @@
       <c r="H76" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A77" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B77" s="6"/>
       <c r="C77" s="6"/>
       <c r="D77" s="6"/>
       <c r="E77" s="6"/>
       <c r="F77" s="6"/>
       <c r="G77" s="6"/>
       <c r="H77" s="6"/>
       <c r="I77" s="7"/>
     </row>
     <row r="78" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A78" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B78" s="6">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="C78" s="6">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="D78" s="6">
-        <v>310</v>
+        <v>39</v>
       </c>
       <c r="E78" s="6">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F78" s="6"/>
       <c r="G78" s="6">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H78" s="6"/>
       <c r="I78" s="7">
-        <v>527</v>
+        <v>71</v>
       </c>
     </row>
     <row r="79" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A79" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B79" s="6"/>
       <c r="C79" s="6"/>
       <c r="D79" s="6"/>
       <c r="E79" s="6"/>
       <c r="F79" s="6"/>
       <c r="G79" s="6"/>
       <c r="H79" s="6"/>
       <c r="I79" s="7"/>
     </row>
     <row r="80" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A80" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B80" s="6">
-[...2 lines deleted...]
-      <c r="C80" s="6">
+      <c r="B80" s="6"/>
+      <c r="C80" s="6"/>
+      <c r="D80" s="6">
         <v>15</v>
       </c>
-      <c r="D80" s="6">
-[...7 lines deleted...]
-      </c>
+      <c r="E80" s="6"/>
+      <c r="F80" s="6"/>
       <c r="G80" s="6">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="H80" s="6"/>
       <c r="I80" s="7">
-        <v>235</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A81" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="7">
-        <v>56</v>
+        <v>5</v>
       </c>
       <c r="C81" s="7">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="D81" s="7">
-        <v>449</v>
+        <v>54</v>
       </c>
       <c r="E81" s="7">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F81" s="7"/>
       <c r="G81" s="7">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="H81" s="7"/>
       <c r="I81" s="7">
-        <v>2838</v>
+        <v>291</v>
       </c>
     </row>
     <row r="82" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A82" s="8"/>
       <c r="B82" s="9"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="9"/>
       <c r="G82" s="9"/>
       <c r="H82" s="9"/>
       <c r="I82" s="9"/>
     </row>
     <row r="83" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="84" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A84" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A85" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B85" s="6">
-        <v>215</v>
+        <v>27</v>
       </c>
       <c r="C85" s="6">
-        <v>266</v>
+        <v>17</v>
       </c>
       <c r="D85" s="6">
-        <v>896</v>
+        <v>90</v>
       </c>
       <c r="E85" s="6">
-        <v>128</v>
+        <v>12</v>
       </c>
       <c r="F85" s="6">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="G85" s="6">
-        <v>331</v>
+        <v>53</v>
       </c>
       <c r="H85" s="6">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="I85" s="7">
-        <v>1926</v>
+        <v>205</v>
       </c>
     </row>
     <row r="86" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A86" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B86" s="6"/>
-      <c r="C86" s="6"/>
+      <c r="B86" s="6">
+        <v>4</v>
+      </c>
+      <c r="C86" s="6">
+        <v>12</v>
+      </c>
       <c r="D86" s="6">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="E86" s="6">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="F86" s="6"/>
+        <v>3</v>
+      </c>
+      <c r="F86" s="6">
+        <v>5</v>
+      </c>
       <c r="G86" s="6">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="H86" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="H86" s="6">
+        <v>1</v>
+      </c>
       <c r="I86" s="7">
-        <v>6</v>
+        <v>86</v>
       </c>
     </row>
     <row r="87" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A87" s="5" t="s">
-[...21 lines deleted...]
-        <v>11</v>
+      <c r="A87" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B87" s="7">
+        <v>31</v>
+      </c>
+      <c r="C87" s="7">
+        <v>29</v>
+      </c>
+      <c r="D87" s="7">
+        <v>138</v>
+      </c>
+      <c r="E87" s="7">
+        <v>15</v>
+      </c>
+      <c r="F87" s="7">
+        <v>9</v>
+      </c>
+      <c r="G87" s="7">
+        <v>66</v>
+      </c>
+      <c r="H87" s="7">
+        <v>3</v>
       </c>
       <c r="I87" s="7">
-        <v>906</v>
-[...57 lines deleted...]
-    <row r="92" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+        <v>291</v>
+      </c>
+    </row>
+    <row r="88" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A88" s="8"/>
+      <c r="B88" s="9"/>
+      <c r="C88" s="9"/>
+      <c r="D88" s="9"/>
+      <c r="E88" s="9"/>
+      <c r="F88" s="9"/>
+      <c r="G88" s="9"/>
+      <c r="H88" s="9"/>
+      <c r="I88" s="9"/>
+    </row>
+    <row r="89" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
+    <row r="90" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A90" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B90" s="12"/>
+      <c r="C90" s="12"/>
+      <c r="D90" s="12"/>
+      <c r="E90" s="12"/>
+      <c r="F90" s="12"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="12"/>
+    </row>
+    <row r="91" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
-    <mergeCell ref="A91:J91"/>
+    <mergeCell ref="A90:J90"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>transplants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>