--- v0 (2025-10-17)
+++ v1 (2026-02-03)
@@ -6,105 +6,105 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="deceased on wl" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>Waiting list mortality in All ET, by year, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4512P_All ET : 10.02.2025 :   Reported by year of death. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants.</t>
+    <t>statistics.eurotransplant.org : 4512P_All ET : 22.01.2026 :   Reported by year of death. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -288,288 +288,288 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="4">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="C4" s="4">
-        <v>631</v>
+        <v>695</v>
       </c>
       <c r="D4" s="4">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="E4" s="4">
-        <v>678</v>
+        <v>604</v>
       </c>
       <c r="F4" s="4">
-        <v>604</v>
+        <v>699</v>
       </c>
       <c r="G4" s="4">
-        <v>699</v>
+        <v>734</v>
       </c>
       <c r="H4" s="4">
-        <v>734</v>
+        <v>614</v>
       </c>
       <c r="I4" s="4">
-        <v>612</v>
+        <v>589</v>
       </c>
       <c r="J4" s="4">
-        <v>581</v>
+        <v>502</v>
       </c>
       <c r="K4" s="4">
-        <v>465</v>
+        <v>509</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="4">
-        <v>224</v>
+        <v>181</v>
       </c>
       <c r="C5" s="4">
-        <v>181</v>
+        <v>196</v>
       </c>
       <c r="D5" s="4">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="E5" s="4">
-        <v>142</v>
+        <v>171</v>
       </c>
       <c r="F5" s="4">
-        <v>170</v>
+        <v>145</v>
       </c>
       <c r="G5" s="4">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="H5" s="4">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="I5" s="4">
+        <v>125</v>
+      </c>
+      <c r="J5" s="4">
         <v>127</v>
       </c>
-      <c r="J5" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="K5" s="4">
-        <v>122</v>
+        <v>104</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="4">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="C6" s="4">
+        <v>119</v>
+      </c>
+      <c r="D6" s="4">
         <v>106</v>
       </c>
-      <c r="D6" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E6" s="4">
-        <v>106</v>
+        <v>76</v>
       </c>
       <c r="F6" s="4">
+        <v>85</v>
+      </c>
+      <c r="G6" s="4">
+        <v>79</v>
+      </c>
+      <c r="H6" s="4">
         <v>76</v>
       </c>
-      <c r="G6" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="I6" s="4">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J6" s="4">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K6" s="4">
-        <v>69</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="4">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="C7" s="4">
-        <v>508</v>
+        <v>444</v>
       </c>
       <c r="D7" s="4">
-        <v>444</v>
+        <v>428</v>
       </c>
       <c r="E7" s="4">
-        <v>427</v>
+        <v>397</v>
       </c>
       <c r="F7" s="4">
-        <v>397</v>
+        <v>381</v>
       </c>
       <c r="G7" s="4">
-        <v>381</v>
+        <v>421</v>
       </c>
       <c r="H7" s="4">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="I7" s="4">
-        <v>425</v>
+        <v>383</v>
       </c>
       <c r="J7" s="4">
-        <v>383</v>
+        <v>431</v>
       </c>
       <c r="K7" s="4">
-        <v>425</v>
+        <v>343</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="4">
+        <v>32</v>
+      </c>
+      <c r="C8" s="4">
+        <v>34</v>
+      </c>
+      <c r="D8" s="4">
+        <v>50</v>
+      </c>
+      <c r="E8" s="4">
+        <v>35</v>
+      </c>
+      <c r="F8" s="4">
         <v>30</v>
       </c>
-      <c r="C8" s="4">
+      <c r="G8" s="4">
+        <v>43</v>
+      </c>
+      <c r="H8" s="4">
+        <v>37</v>
+      </c>
+      <c r="I8" s="4">
         <v>32</v>
       </c>
-      <c r="D8" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="J8" s="4">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="K8" s="4">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6">
-        <v>1509</v>
+        <v>1458</v>
       </c>
       <c r="C9" s="6">
-        <v>1458</v>
+        <v>1488</v>
       </c>
       <c r="D9" s="6">
-        <v>1488</v>
+        <v>1404</v>
       </c>
       <c r="E9" s="6">
-        <v>1403</v>
+        <v>1283</v>
       </c>
       <c r="F9" s="6">
-        <v>1282</v>
+        <v>1340</v>
       </c>
       <c r="G9" s="6">
-        <v>1340</v>
+        <v>1414</v>
       </c>
       <c r="H9" s="6">
-        <v>1413</v>
+        <v>1281</v>
       </c>
       <c r="I9" s="6">
-        <v>1277</v>
+        <v>1203</v>
       </c>
       <c r="J9" s="6">
-        <v>1191</v>
+        <v>1157</v>
       </c>
       <c r="K9" s="6">
-        <v>1103</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6">
-        <v>1439</v>
+        <v>1378</v>
       </c>
       <c r="C10" s="6">
-        <v>1378</v>
+        <v>1404</v>
       </c>
       <c r="D10" s="6">
-        <v>1404</v>
+        <v>1317</v>
       </c>
       <c r="E10" s="6">
-        <v>1316</v>
+        <v>1212</v>
       </c>
       <c r="F10" s="6">
-        <v>1211</v>
+        <v>1274</v>
       </c>
       <c r="G10" s="6">
-        <v>1274</v>
+        <v>1339</v>
       </c>
       <c r="H10" s="6">
-        <v>1338</v>
+        <v>1224</v>
       </c>
       <c r="I10" s="6">
-        <v>1220</v>
+        <v>1145</v>
       </c>
       <c r="J10" s="6">
-        <v>1133</v>
+        <v>1109</v>
       </c>
       <c r="K10" s="6">
-        <v>1058</v>
+        <v>998</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="24.5318" customHeight="1">
       <c r="A12" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A12:L12"/>
   </mergeCells>