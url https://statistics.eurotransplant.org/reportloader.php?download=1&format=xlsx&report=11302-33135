--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -60,51 +60,51 @@
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>Waiting list mortality in All ET, by year, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4512P_All ET : 22.01.2026 :   Reported by year of death. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants.</t>
+    <t>statistics.eurotransplant.org : 4512P_All ET : 12.02.2026 :   Reported by year of death. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -309,57 +309,57 @@
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="4">
         <v>631</v>
       </c>
       <c r="C4" s="4">
         <v>695</v>
       </c>
       <c r="D4" s="4">
         <v>678</v>
       </c>
       <c r="E4" s="4">
         <v>604</v>
       </c>
       <c r="F4" s="4">
         <v>699</v>
       </c>
       <c r="G4" s="4">
         <v>734</v>
       </c>
       <c r="H4" s="4">
         <v>614</v>
       </c>
       <c r="I4" s="4">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J4" s="4">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="K4" s="4">
-        <v>509</v>
+        <v>521</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="4">
         <v>181</v>
       </c>
       <c r="C5" s="4">
         <v>196</v>
       </c>
       <c r="D5" s="4">
         <v>142</v>
       </c>
       <c r="E5" s="4">
         <v>171</v>
       </c>
       <c r="F5" s="4">
         <v>145</v>
       </c>
       <c r="G5" s="4">
         <v>137</v>
       </c>
       <c r="H5" s="4">
@@ -382,194 +382,194 @@
       <c r="B6" s="4">
         <v>106</v>
       </c>
       <c r="C6" s="4">
         <v>119</v>
       </c>
       <c r="D6" s="4">
         <v>106</v>
       </c>
       <c r="E6" s="4">
         <v>76</v>
       </c>
       <c r="F6" s="4">
         <v>85</v>
       </c>
       <c r="G6" s="4">
         <v>79</v>
       </c>
       <c r="H6" s="4">
         <v>76</v>
       </c>
       <c r="I6" s="4">
         <v>74</v>
       </c>
       <c r="J6" s="4">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K6" s="4">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="4">
         <v>508</v>
       </c>
       <c r="C7" s="4">
         <v>444</v>
       </c>
       <c r="D7" s="4">
         <v>428</v>
       </c>
       <c r="E7" s="4">
         <v>397</v>
       </c>
       <c r="F7" s="4">
         <v>381</v>
       </c>
       <c r="G7" s="4">
         <v>421</v>
       </c>
       <c r="H7" s="4">
         <v>426</v>
       </c>
       <c r="I7" s="4">
         <v>383</v>
       </c>
       <c r="J7" s="4">
         <v>431</v>
       </c>
       <c r="K7" s="4">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="4">
         <v>32</v>
       </c>
       <c r="C8" s="4">
         <v>34</v>
       </c>
       <c r="D8" s="4">
         <v>50</v>
       </c>
       <c r="E8" s="4">
         <v>35</v>
       </c>
       <c r="F8" s="4">
         <v>30</v>
       </c>
       <c r="G8" s="4">
         <v>43</v>
       </c>
       <c r="H8" s="4">
         <v>37</v>
       </c>
       <c r="I8" s="4">
         <v>32</v>
       </c>
       <c r="J8" s="4">
         <v>25</v>
       </c>
       <c r="K8" s="4">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6">
         <v>1458</v>
       </c>
       <c r="C9" s="6">
         <v>1488</v>
       </c>
       <c r="D9" s="6">
         <v>1404</v>
       </c>
       <c r="E9" s="6">
         <v>1283</v>
       </c>
       <c r="F9" s="6">
         <v>1340</v>
       </c>
       <c r="G9" s="6">
         <v>1414</v>
       </c>
       <c r="H9" s="6">
         <v>1281</v>
       </c>
       <c r="I9" s="6">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="J9" s="6">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="K9" s="6">
-        <v>1035</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6">
         <v>1378</v>
       </c>
       <c r="C10" s="6">
         <v>1404</v>
       </c>
       <c r="D10" s="6">
         <v>1317</v>
       </c>
       <c r="E10" s="6">
         <v>1212</v>
       </c>
       <c r="F10" s="6">
         <v>1274</v>
       </c>
       <c r="G10" s="6">
         <v>1339</v>
       </c>
       <c r="H10" s="6">
         <v>1224</v>
       </c>
       <c r="I10" s="6">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="J10" s="6">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="K10" s="6">
-        <v>998</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="24.5318" customHeight="1">
       <c r="A12" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A12:L12"/>
   </mergeCells>