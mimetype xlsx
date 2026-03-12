--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -54,51 +54,51 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>Active waiting list (at year-end) in 2021, by country, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3023P_2021 : 01.01.2025 :  patients waiting for multiple organs are counted for each organ</t>
+    <t>statistics.eurotransplant.org : 3023P_2021 : 13.02.2026 :  patients waiting for multiple organs are counted for each organ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>