--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -51,54 +51,54 @@
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
-    <t>Active waiting list (at year-end) in 2015, by country, by organ</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 3023P_2015 : 01.01.2025 :  patients waiting for multiple organs are counted for each organ</t>
+    <t>Active waiting list (at year-end) in 2025, by country, by organ</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 3023P_2025 : 13.02.2026 :  patients waiting for multiple organs are counted for each organ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -279,211 +279,217 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
-        <v>625</v>
+        <v>579</v>
       </c>
       <c r="C4" s="6">
-        <v>871</v>
+        <v>1214</v>
       </c>
       <c r="D4" s="6">
-        <v>7781</v>
+        <v>6237</v>
       </c>
       <c r="E4" s="6">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="F4" s="6">
-        <v>124</v>
+        <v>265</v>
       </c>
       <c r="G4" s="6">
-        <v>576</v>
+        <v>1228</v>
       </c>
       <c r="H4" s="6">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="I4" s="7">
-        <v>10797</v>
+        <v>10359</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="C5" s="6">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="D5" s="6">
-        <v>790</v>
+        <v>730</v>
       </c>
       <c r="E5" s="6">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F5" s="6">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G5" s="6">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="H5" s="6">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="I5" s="7">
-        <v>1170</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="C6" s="6">
-        <v>104</v>
+        <v>50</v>
       </c>
       <c r="D6" s="6">
-        <v>409</v>
-[...2 lines deleted...]
-      <c r="F6" s="6"/>
+        <v>323</v>
+      </c>
+      <c r="E6" s="6">
+        <v>15</v>
+      </c>
+      <c r="F6" s="6">
+        <v>7</v>
+      </c>
       <c r="G6" s="6">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="H6" s="6"/>
+        <v>173</v>
+      </c>
+      <c r="H6" s="6">
+        <v>8</v>
+      </c>
       <c r="I6" s="7">
-        <v>764</v>
+        <v>609</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="C7" s="6">
-        <v>188</v>
+        <v>145</v>
       </c>
       <c r="D7" s="6">
-        <v>1280</v>
+        <v>938</v>
       </c>
       <c r="E7" s="6">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="F7" s="6">
-        <v>63</v>
+        <v>323</v>
       </c>
       <c r="G7" s="6">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="H7" s="6">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I7" s="7">
-        <v>1835</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C8" s="6">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="D8" s="6">
-        <v>248</v>
+        <v>291</v>
       </c>
       <c r="E8" s="6">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6">
         <v>13</v>
       </c>
-      <c r="F8" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="6">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="H8" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I8" s="7">
-        <v>418</v>
+        <v>398</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
-        <v>810</v>
+        <v>710</v>
       </c>
       <c r="C9" s="7">
-        <v>1288</v>
+        <v>1463</v>
       </c>
       <c r="D9" s="7">
-        <v>10238</v>
+        <v>8207</v>
       </c>
       <c r="E9" s="7">
-        <v>909</v>
+        <v>936</v>
       </c>
       <c r="F9" s="7">
-        <v>211</v>
+        <v>613</v>
       </c>
       <c r="G9" s="7">
-        <v>984</v>
+        <v>1610</v>
       </c>
       <c r="H9" s="7">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="I9" s="7">
-        <v>14560</v>
+        <v>13686</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A11:J11"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>