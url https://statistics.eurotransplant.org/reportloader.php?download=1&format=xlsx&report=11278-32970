--- v0 (2025-10-20)
+++ v1 (2026-02-14)
@@ -4,125 +4,122 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="24">
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
-    <t>Non-ET</t>
-[...1 lines deleted...]
-  <si>
     <t>Deceased donor</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>kidney</t>
+  </si>
+  <si>
     <t>2025</t>
   </si>
   <si>
-    <t>kidney</t>
-[...4 lines deleted...]
-  <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>split liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>pancreatic islets</t>
   </si>
   <si>
     <t>Living donor</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Total transplants</t>
   </si>
   <si>
-    <t>Transplants in 2025/2024 (Jan-Sep), by country, by donor type, by organ type</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2248P_2025 : 10.10.2025 : counting recipient transplants by organ type (double lung/kidney=1)</t>
+    <t>Transplants in 2026/2025 (Jan-Jan), by country, by donor type, by organ type</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2248P_2026 : 12.02.2026 : counting recipient transplants by organ type (double lung/kidney=1)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="10">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -321,1186 +318,1025 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M45"/>
+  <dimension ref="A1:L42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="333600e-6" customWidth="1"/>
     <col min="2" max="2" width="4.67767866666667" customWidth="1"/>
     <col min="3" max="3" width="13.8345" customWidth="1"/>
-    <col min="4" max="12" width="6.4193" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="4.67767866666667" customWidth="1"/>
+    <col min="4" max="11" width="6.4193" customWidth="1"/>
+    <col min="12" max="12" width="13.0967826666667" customWidth="1"/>
+    <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="20" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
-      <c r="M1" s="20"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="4.2664" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="K3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L3" s="4"/>
+      <c r="K3" s="4"/>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K4" s="7" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="K4" s="8" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B5" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="12">
-        <v>246</v>
+        <v>32</v>
       </c>
       <c r="E5" s="12">
-        <v>348</v>
+        <v>32</v>
       </c>
       <c r="F5" s="12">
-        <v>1190</v>
+        <v>148</v>
       </c>
       <c r="G5" s="12">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="H5" s="12">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="I5" s="12">
-        <v>401</v>
+        <v>68</v>
       </c>
       <c r="J5" s="12">
-        <v>34</v>
-[...3 lines deleted...]
-        <v>2450</v>
+        <v>3</v>
+      </c>
+      <c r="K5" s="13">
+        <v>308</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="14"/>
       <c r="B6" s="10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C6" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D6" s="12">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="E6" s="12">
-        <v>316</v>
+        <v>37</v>
       </c>
       <c r="F6" s="12">
-        <v>1116</v>
+        <v>145</v>
       </c>
       <c r="G6" s="12">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="H6" s="12">
-        <v>90</v>
+        <v>8</v>
       </c>
       <c r="I6" s="12">
-        <v>486</v>
+        <v>53</v>
       </c>
       <c r="J6" s="12">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>2390</v>
+        <v>5</v>
+      </c>
+      <c r="K6" s="13">
+        <v>276</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A7" s="15"/>
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
-      <c r="L7" s="15"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="14"/>
       <c r="B8" s="10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D8" s="12">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="E8" s="12">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="F8" s="12">
-        <v>278</v>
+        <v>42</v>
       </c>
       <c r="G8" s="12">
-        <v>41</v>
+        <v>2</v>
       </c>
       <c r="H8" s="12">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="I8" s="12">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="J8" s="12">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>528</v>
+        <v>3</v>
+      </c>
+      <c r="K8" s="13">
+        <v>66</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="14"/>
       <c r="B9" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="12">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="E9" s="12">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="F9" s="12">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="G9" s="12">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="H9" s="12">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="I9" s="12">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="J9" s="12">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>532</v>
+        <v>3</v>
+      </c>
+      <c r="K9" s="13">
+        <v>59</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A10" s="15"/>
       <c r="B10" s="15"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
-      <c r="L10" s="15"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="14"/>
       <c r="B11" s="10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C11" s="11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D11" s="12">
-        <v>86</v>
+        <v>8</v>
       </c>
       <c r="E11" s="12">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="F11" s="12">
-        <v>249</v>
+        <v>33</v>
       </c>
       <c r="G11" s="12">
+        <v>1</v>
+      </c>
+      <c r="H11" s="12">
+        <v>1</v>
+      </c>
+      <c r="I11" s="12">
         <v>12</v>
       </c>
-      <c r="H11" s="12">
-[...12 lines deleted...]
-        <v>534</v>
+      <c r="J11" s="12"/>
+      <c r="K11" s="13">
+        <v>65</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="14"/>
       <c r="B12" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="12">
+        <v>11</v>
+      </c>
+      <c r="E12" s="12">
+        <v>6</v>
+      </c>
+      <c r="F12" s="12">
+        <v>26</v>
+      </c>
+      <c r="G12" s="12">
+        <v>1</v>
+      </c>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12">
         <v>13</v>
       </c>
-      <c r="C12" s="11" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J12" s="12">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>519</v>
+        <v>2</v>
+      </c>
+      <c r="K12" s="13">
+        <v>59</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A13" s="15"/>
       <c r="B13" s="15"/>
       <c r="C13" s="15"/>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15"/>
-      <c r="L13" s="15"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="14"/>
       <c r="B14" s="10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C14" s="11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D14" s="12">
-        <v>112</v>
+        <v>7</v>
       </c>
       <c r="E14" s="12">
-        <v>255</v>
+        <v>27</v>
       </c>
       <c r="F14" s="12">
-        <v>615</v>
+        <v>84</v>
       </c>
       <c r="G14" s="12">
-        <v>56</v>
+        <v>4</v>
       </c>
       <c r="H14" s="12">
-        <v>84</v>
+        <v>9</v>
       </c>
       <c r="I14" s="12">
-        <v>152</v>
+        <v>17</v>
       </c>
       <c r="J14" s="12">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>1296</v>
+        <v>1</v>
+      </c>
+      <c r="K14" s="13">
+        <v>149</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="14"/>
       <c r="B15" s="10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C15" s="11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D15" s="12">
-        <v>97</v>
+        <v>8</v>
       </c>
       <c r="E15" s="12">
-        <v>236</v>
+        <v>28</v>
       </c>
       <c r="F15" s="12">
-        <v>588</v>
+        <v>79</v>
       </c>
       <c r="G15" s="12">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="H15" s="12">
-        <v>78</v>
+        <v>7</v>
       </c>
       <c r="I15" s="12">
-        <v>171</v>
+        <v>18</v>
       </c>
       <c r="J15" s="12">
-        <v>19</v>
-[...3 lines deleted...]
-        <v>1248</v>
+        <v>2</v>
+      </c>
+      <c r="K15" s="13">
+        <v>151</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A16" s="15"/>
       <c r="B16" s="15"/>
       <c r="C16" s="15"/>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15"/>
-      <c r="L16" s="15"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="14"/>
       <c r="B17" s="10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C17" s="11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D17" s="12">
         <v>2</v>
       </c>
-      <c r="E17" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="E17" s="12"/>
       <c r="F17" s="12">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
-      <c r="I17" s="12"/>
+      <c r="I17" s="12">
+        <v>2</v>
+      </c>
       <c r="J17" s="12"/>
-      <c r="K17" s="12"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="K17" s="13">
+        <v>13</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="14"/>
       <c r="B18" s="10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C18" s="11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D18" s="12"/>
       <c r="E18" s="12">
+        <v>2</v>
+      </c>
+      <c r="F18" s="12">
+        <v>6</v>
+      </c>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="13">
         <v>8</v>
-      </c>
-[...15 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A19" s="15"/>
       <c r="B19" s="15"/>
       <c r="C19" s="15"/>
       <c r="D19" s="15"/>
       <c r="E19" s="15"/>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15"/>
-      <c r="L19" s="15"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="14"/>
       <c r="B20" s="10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
       <c r="F20" s="12">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="G20" s="12"/>
       <c r="H20" s="12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I20" s="12">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J20" s="12">
         <v>2</v>
       </c>
-      <c r="K20" s="12"/>
-[...1 lines deleted...]
-        <v>117</v>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13">
+        <v>10</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="14"/>
       <c r="B21" s="10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C21" s="11" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
       <c r="F21" s="12">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G21" s="12">
         <v>11</v>
       </c>
+      <c r="G21" s="12"/>
       <c r="H21" s="12">
+        <v>1</v>
+      </c>
+      <c r="I21" s="12">
         <v>4</v>
       </c>
-      <c r="I21" s="12">
-[...1 lines deleted...]
-      </c>
       <c r="J21" s="12"/>
-      <c r="K21" s="12"/>
-[...1 lines deleted...]
-        <v>107</v>
+      <c r="K21" s="13">
+        <v>16</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A22" s="15"/>
       <c r="B22" s="15"/>
       <c r="C22" s="15"/>
       <c r="D22" s="15"/>
       <c r="E22" s="15"/>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15"/>
-      <c r="L22" s="15"/>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="14"/>
       <c r="B23" s="10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C23" s="11" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D23" s="12"/>
       <c r="E23" s="12">
         <v>1</v>
       </c>
       <c r="F23" s="12"/>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
       <c r="I23" s="12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J23" s="12"/>
-      <c r="K23" s="12"/>
-[...13 lines deleted...]
-      <c r="E24" s="12">
+      <c r="K23" s="13">
         <v>2</v>
       </c>
-      <c r="F24" s="12"/>
-[...23 lines deleted...]
-      <c r="L25" s="15"/>
+    </row>
+    <row r="24" s="1" customFormat="1" ht="2.6665" customHeight="1">
+      <c r="A24" s="15"/>
+      <c r="B24" s="15"/>
+      <c r="C24" s="15"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="15"/>
+      <c r="F24" s="15"/>
+      <c r="G24" s="15"/>
+      <c r="H24" s="15"/>
+      <c r="I24" s="15"/>
+      <c r="J24" s="15"/>
+      <c r="K24" s="15"/>
+    </row>
+    <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A25" s="16"/>
+      <c r="B25" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="13">
+        <v>55</v>
+      </c>
+      <c r="E25" s="13">
+        <v>73</v>
+      </c>
+      <c r="F25" s="13">
+        <v>323</v>
+      </c>
+      <c r="G25" s="13">
+        <v>22</v>
+      </c>
+      <c r="H25" s="13">
+        <v>25</v>
+      </c>
+      <c r="I25" s="13">
+        <v>108</v>
+      </c>
+      <c r="J25" s="13">
+        <v>7</v>
+      </c>
+      <c r="K25" s="13">
+        <v>613</v>
+      </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="16"/>
       <c r="B26" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="13">
+        <v>32</v>
+      </c>
+      <c r="E26" s="13">
+        <v>83</v>
+      </c>
+      <c r="F26" s="13">
+        <v>297</v>
+      </c>
+      <c r="G26" s="13">
+        <v>30</v>
+      </c>
+      <c r="H26" s="13">
+        <v>19</v>
+      </c>
+      <c r="I26" s="13">
+        <v>96</v>
+      </c>
+      <c r="J26" s="13">
+        <v>12</v>
+      </c>
+      <c r="K26" s="13">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="27" s="1" customFormat="1" ht="7.4662" customHeight="1">
+      <c r="A27" s="18"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+      <c r="K27" s="18"/>
+    </row>
+    <row r="28" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A28" s="5"/>
+      <c r="B28" s="5"/>
+      <c r="C28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="J28" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A29" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="C26" s="8" t="s">
-[...92 lines deleted...]
-      <c r="F29" s="7" t="s">
+      <c r="D29" s="12">
+        <v>6</v>
+      </c>
+      <c r="E29" s="12">
+        <v>4</v>
+      </c>
+      <c r="F29" s="12">
+        <v>57</v>
+      </c>
+      <c r="G29" s="12">
+        <v>6</v>
+      </c>
+      <c r="H29" s="12">
+        <v>1</v>
+      </c>
+      <c r="I29" s="12">
+        <v>42</v>
+      </c>
+      <c r="J29" s="12"/>
+      <c r="K29" s="13">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A30" s="14"/>
+      <c r="B30" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" s="12">
+        <v>6</v>
+      </c>
+      <c r="E30" s="12">
         <v>2</v>
       </c>
-      <c r="G29" s="7" t="s">
+      <c r="F30" s="12">
+        <v>53</v>
+      </c>
+      <c r="G30" s="12">
+        <v>4</v>
+      </c>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12">
+        <v>40</v>
+      </c>
+      <c r="J30" s="12"/>
+      <c r="K30" s="13">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" s="1" customFormat="1" ht="2.6665" customHeight="1">
+      <c r="A31" s="15"/>
+      <c r="B31" s="15"/>
+      <c r="C31" s="15"/>
+      <c r="D31" s="15"/>
+      <c r="E31" s="15"/>
+      <c r="F31" s="15"/>
+      <c r="G31" s="15"/>
+      <c r="H31" s="15"/>
+      <c r="I31" s="15"/>
+      <c r="J31" s="15"/>
+      <c r="K31" s="15"/>
+    </row>
+    <row r="32" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A32" s="14"/>
+      <c r="B32" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="12">
+        <v>1</v>
+      </c>
+      <c r="E32" s="12">
         <v>3</v>
       </c>
-      <c r="H29" s="7" t="s">
-[...95 lines deleted...]
-      <c r="L32" s="15"/>
+      <c r="F32" s="12">
+        <v>3</v>
+      </c>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12">
+        <v>1</v>
+      </c>
+      <c r="J32" s="12"/>
+      <c r="K32" s="13">
+        <v>8</v>
+      </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A33" s="14"/>
       <c r="B33" s="10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C33" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="D33" s="12"/>
-      <c r="E33" s="12"/>
+      <c r="D33" s="12">
+        <v>1</v>
+      </c>
+      <c r="E33" s="12">
+        <v>2</v>
+      </c>
       <c r="F33" s="12">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
-      <c r="I33" s="12"/>
+      <c r="I33" s="12">
+        <v>5</v>
+      </c>
       <c r="J33" s="12"/>
-      <c r="K33" s="12"/>
-[...1 lines deleted...]
-        <v>2</v>
+      <c r="K33" s="13">
+        <v>13</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A34" s="15"/>
       <c r="B34" s="15"/>
       <c r="C34" s="15"/>
       <c r="D34" s="15"/>
       <c r="E34" s="15"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
-      <c r="L34" s="15"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A35" s="14"/>
-[...6 lines deleted...]
-      <c r="D35" s="12">
+      <c r="A35" s="16"/>
+      <c r="B35" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="13">
+        <v>7</v>
+      </c>
+      <c r="E35" s="13">
+        <v>7</v>
+      </c>
+      <c r="F35" s="13">
+        <v>60</v>
+      </c>
+      <c r="G35" s="13">
+        <v>6</v>
+      </c>
+      <c r="H35" s="13">
+        <v>1</v>
+      </c>
+      <c r="I35" s="13">
+        <v>43</v>
+      </c>
+      <c r="J35" s="13"/>
+      <c r="K35" s="13">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="36" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A36" s="16"/>
+      <c r="B36" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="13">
+        <v>7</v>
+      </c>
+      <c r="E36" s="13">
         <v>4</v>
       </c>
-      <c r="E35" s="12">
-[...60 lines deleted...]
-      <c r="L37" s="15"/>
+      <c r="F36" s="13">
+        <v>58</v>
+      </c>
+      <c r="G36" s="13">
+        <v>4</v>
+      </c>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13">
+        <v>45</v>
+      </c>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="37" s="1" customFormat="1" ht="7.4662" customHeight="1">
+      <c r="A37" s="18"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+      <c r="K37" s="18"/>
     </row>
     <row r="38" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A38" s="16"/>
       <c r="B38" s="17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D38" s="13">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E38" s="13">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F38" s="13">
-        <v>559</v>
+        <v>383</v>
       </c>
       <c r="G38" s="13">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H38" s="13">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="I38" s="13">
-        <v>377</v>
+        <v>151</v>
       </c>
       <c r="J38" s="13">
-        <v>1</v>
-[...3 lines deleted...]
-        <v>1123</v>
+        <v>7</v>
+      </c>
+      <c r="K38" s="13">
+        <v>737</v>
       </c>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A39" s="16"/>
       <c r="B39" s="17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D39" s="13">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="E39" s="13">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F39" s="13">
-        <v>532</v>
+        <v>355</v>
       </c>
       <c r="G39" s="13">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H39" s="13">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="I39" s="13">
-        <v>383</v>
-[...111 lines deleted...]
-    <row r="45" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+        <v>141</v>
+      </c>
+      <c r="J39" s="13">
+        <v>12</v>
+      </c>
+      <c r="K39" s="13">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="40" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
+    <row r="41" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A41" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B41" s="21"/>
+      <c r="C41" s="21"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="21"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="21"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="21"/>
+      <c r="J41" s="21"/>
+      <c r="K41" s="21"/>
+      <c r="L41" s="21"/>
+    </row>
+    <row r="42" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A1:M1"/>
-    <mergeCell ref="A44:M44"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A41:L41"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>transplants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>