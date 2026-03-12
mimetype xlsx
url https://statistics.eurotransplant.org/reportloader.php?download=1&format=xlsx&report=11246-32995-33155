--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -9,93 +9,93 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Deceased donor transplants</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t xml:space="preserve">lung </t>
   </si>
   <si>
     <t xml:space="preserve">lungs </t>
   </si>
   <si>
     <t>Total transplants</t>
   </si>
   <si>
     <t>Lung transplants, deceased donors from Luxembourg, by year, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2152P_Luxembourg_lung : 10.02.2025 : counting recipient transplants, transplanted in any country</t>
+    <t>statistics.eurotransplant.org : 2152P_Luxembourg_lung : 12.02.2026 : counting recipient transplants, transplanted in any country</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -284,118 +284,114 @@
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
-      <c r="F4" s="4"/>
+      <c r="F4" s="4">
+        <v>1</v>
+      </c>
       <c r="G4" s="4">
         <v>1</v>
       </c>
-      <c r="H4" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C5" s="4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D5" s="4">
+        <v>2</v>
+      </c>
+      <c r="E5" s="4">
         <v>3</v>
       </c>
-      <c r="E5" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="4">
-        <v>3</v>
-[...7 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4">
+        <v>2</v>
+      </c>
+      <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C6" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D6" s="6">
+        <v>2</v>
+      </c>
+      <c r="E6" s="6">
         <v>3</v>
       </c>
-      <c r="E6" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G6" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6" s="6">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="8" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A8" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A8:L8"/>