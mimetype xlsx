--- v0 (2025-11-17)
+++ v1 (2026-03-10)
@@ -58,51 +58,51 @@
     <t xml:space="preserve">lung </t>
   </si>
   <si>
     <t xml:space="preserve">lungs </t>
   </si>
   <si>
     <t xml:space="preserve">liver </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t xml:space="preserve">DCD transplants in 2022, by donor country, by organ combination, 
 by transplant country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1178P_2022 : 10.02.2025 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 1178P_2022 : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>