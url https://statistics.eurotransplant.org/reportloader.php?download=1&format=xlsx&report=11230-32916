--- v0 (2025-11-07)
+++ v1 (2026-03-04)
@@ -4,111 +4,114 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="DCD transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="21">
   <si>
     <t>Transplant  \  Donor country:</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">kidney </t>
   </si>
   <si>
     <t xml:space="preserve">kidney en bloc </t>
   </si>
   <si>
+    <t xml:space="preserve">heart </t>
+  </si>
+  <si>
     <t xml:space="preserve">lung </t>
   </si>
   <si>
     <t xml:space="preserve">lungs </t>
   </si>
   <si>
-    <t xml:space="preserve">lungs + kidney </t>
+    <t>SLO</t>
   </si>
   <si>
     <t xml:space="preserve">liver </t>
   </si>
   <si>
-    <t>D</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
+    <t xml:space="preserve">heart + kidney </t>
+  </si>
+  <si>
     <t>All</t>
   </si>
   <si>
-    <t xml:space="preserve">DCD transplants in 2015, by donor country, by organ combination, 
+    <t xml:space="preserve">DCD transplants in 2025, by donor country, by organ combination, 
 by transplant country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1178P_2015 : 10.02.2025 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 1178P_2025 : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -244,619 +247,786 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1" horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1" horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.2567986666667" customWidth="1"/>
     <col min="2" max="2" width="23.1015986666667" customWidth="1"/>
     <col min="3" max="7" width="6.4193" customWidth="1"/>
     <col min="8" max="8" width="14.210964" customWidth="1"/>
     <col min="9" max="9" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="13" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A3" s="2"/>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="8">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="D4" s="8">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E4" s="8">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F4" s="8"/>
       <c r="G4" s="9">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="10"/>
       <c r="B5" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="8"/>
+      <c r="C5" s="8">
+        <v>3</v>
+      </c>
       <c r="D5" s="8">
-        <v>117</v>
+        <v>184</v>
       </c>
       <c r="E5" s="8">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F5" s="8"/>
       <c r="G5" s="9">
-        <v>119</v>
+        <v>214</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="10"/>
       <c r="B6" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="8"/>
+      <c r="C6" s="8">
+        <v>6</v>
+      </c>
       <c r="D6" s="8">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E6" s="8">
-        <v>217</v>
+        <v>313</v>
       </c>
       <c r="F6" s="8"/>
       <c r="G6" s="9">
-        <v>234</v>
+        <v>371</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="9">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="D7" s="9">
-        <v>143</v>
+        <v>242</v>
       </c>
       <c r="E7" s="9">
-        <v>230</v>
+        <v>346</v>
       </c>
       <c r="F7" s="9"/>
       <c r="G7" s="9">
-        <v>385</v>
+        <v>655</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="C8" s="8"/>
+        <v>1</v>
+      </c>
+      <c r="C8" s="8">
+        <v>1</v>
+      </c>
       <c r="D8" s="8"/>
-      <c r="E8" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A9" s="5" t="s">
-[...10 lines deleted...]
-      <c r="F9" s="9"/>
+      <c r="A9" s="10"/>
+      <c r="B9" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8">
+        <v>1</v>
+      </c>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
       <c r="G9" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A10" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="10"/>
       <c r="B10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="8"/>
-      <c r="D10" s="8"/>
+      <c r="D10" s="8">
+        <v>1</v>
+      </c>
       <c r="E10" s="8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F10" s="8"/>
       <c r="G10" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="5" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="C11" s="9"/>
-      <c r="D11" s="9"/>
+      <c r="C11" s="9">
+        <v>1</v>
+      </c>
+      <c r="D11" s="9">
+        <v>2</v>
+      </c>
       <c r="E11" s="9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F11" s="9"/>
       <c r="G11" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="C12" s="8">
+        <v>5</v>
+      </c>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="9">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="10"/>
       <c r="B13" s="7" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C13" s="8"/>
       <c r="D13" s="8">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="9">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A14" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F14" s="9"/>
+      <c r="A14" s="10"/>
+      <c r="B14" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C14" s="8"/>
+      <c r="D14" s="8">
+        <v>11</v>
+      </c>
+      <c r="E14" s="8">
+        <v>49</v>
+      </c>
+      <c r="F14" s="8"/>
       <c r="G14" s="9">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="10"/>
       <c r="B15" s="7" t="s">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="C15" s="8"/>
+        <v>4</v>
+      </c>
+      <c r="C15" s="8">
+        <v>1</v>
+      </c>
       <c r="D15" s="8">
         <v>1</v>
       </c>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="9"/>
+      <c r="C16" s="9">
+        <v>6</v>
+      </c>
       <c r="D16" s="9">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E16" s="9"/>
+        <v>30</v>
+      </c>
+      <c r="E16" s="9">
+        <v>49</v>
+      </c>
       <c r="F16" s="9"/>
       <c r="G16" s="9">
-        <v>1</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="C17" s="8">
+        <v>1</v>
+      </c>
+      <c r="D17" s="8"/>
+      <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="9">
-        <v>79</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="10"/>
       <c r="B18" s="7" t="s">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="8">
         <v>1</v>
       </c>
       <c r="E18" s="8"/>
       <c r="F18" s="8"/>
       <c r="G18" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A19" s="10"/>
-[...10 lines deleted...]
-      <c r="F19" s="8"/>
+      <c r="A19" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="9">
+        <v>1</v>
+      </c>
+      <c r="D19" s="9">
+        <v>1</v>
+      </c>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
       <c r="G19" s="9">
-        <v>46</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A20" s="5" t="s">
+      <c r="A20" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C20" s="8">
+        <v>9</v>
+      </c>
+      <c r="D20" s="8">
         <v>11</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...9 lines deleted...]
-      <c r="F20" s="9"/>
+      <c r="E20" s="8">
+        <v>5</v>
+      </c>
+      <c r="F20" s="8"/>
       <c r="G20" s="9">
-        <v>126</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A21" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A21" s="10"/>
       <c r="B21" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="8">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E21" s="8"/>
+        <v>45</v>
+      </c>
+      <c r="E21" s="8">
+        <v>3</v>
+      </c>
       <c r="F21" s="8"/>
       <c r="G21" s="9">
-        <v>3</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="10"/>
       <c r="B22" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C22" s="8"/>
-      <c r="D22" s="8"/>
+      <c r="C22" s="8">
+        <v>1</v>
+      </c>
+      <c r="D22" s="8">
+        <v>2</v>
+      </c>
       <c r="E22" s="8">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="F22" s="8"/>
       <c r="G22" s="9">
-        <v>2</v>
+        <v>73</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A23" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F23" s="9"/>
+      <c r="A23" s="10"/>
+      <c r="B23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8">
+        <v>1</v>
+      </c>
+      <c r="F23" s="8"/>
       <c r="G23" s="9">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A24" s="6" t="s">
-[...10 lines deleted...]
-      <c r="F24" s="8"/>
+      <c r="A24" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="9">
+        <v>10</v>
+      </c>
+      <c r="D24" s="9">
+        <v>58</v>
+      </c>
+      <c r="E24" s="9">
+        <v>79</v>
+      </c>
+      <c r="F24" s="9"/>
       <c r="G24" s="9">
-        <v>2</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A25" s="5" t="s">
-[...10 lines deleted...]
-      <c r="F25" s="9"/>
+      <c r="A25" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C25" s="8">
+        <v>24</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1</v>
+      </c>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
       <c r="G25" s="9">
-        <v>2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A26" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="10"/>
       <c r="B26" s="7" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-      <c r="D26" s="8"/>
+        <v>2</v>
+      </c>
+      <c r="C26" s="8">
+        <v>1</v>
+      </c>
+      <c r="D26" s="8">
+        <v>164</v>
+      </c>
       <c r="E26" s="8">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F26" s="8"/>
       <c r="G26" s="9">
-        <v>9</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A27" s="5" t="s">
-[...10 lines deleted...]
-      <c r="F27" s="9"/>
+      <c r="A27" s="10"/>
+      <c r="B27" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8">
+        <v>8</v>
+      </c>
+      <c r="E27" s="8">
+        <v>113</v>
+      </c>
+      <c r="F27" s="8"/>
       <c r="G27" s="9">
-        <v>9</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A28" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A28" s="10"/>
       <c r="B28" s="7" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C28" s="8"/>
       <c r="D28" s="8">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A29" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="9">
+        <v>25</v>
+      </c>
+      <c r="D29" s="9">
+        <v>174</v>
+      </c>
+      <c r="E29" s="9">
+        <v>119</v>
+      </c>
+      <c r="F29" s="9"/>
+      <c r="G29" s="9">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="30" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A30" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8">
+        <v>7</v>
+      </c>
+      <c r="E30" s="8"/>
+      <c r="F30" s="8"/>
+      <c r="G30" s="9">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="31" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A31" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="9"/>
+      <c r="D31" s="9">
+        <v>7</v>
+      </c>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9"/>
+      <c r="G31" s="9">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="32" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A32" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C32" s="8"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="8">
+        <v>1</v>
+      </c>
+      <c r="F32" s="8"/>
+      <c r="G32" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="9"/>
+      <c r="D33" s="9"/>
+      <c r="E33" s="9">
+        <v>1</v>
+      </c>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8">
+        <v>13</v>
+      </c>
+      <c r="F34" s="8"/>
+      <c r="G34" s="9">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="35" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A35" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="9"/>
+      <c r="D35" s="9"/>
+      <c r="E35" s="9">
+        <v>13</v>
+      </c>
+      <c r="F35" s="9"/>
+      <c r="G35" s="9">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="36" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A36" s="6" t="s">
         <v>16</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="A30" s="5" t="s">
+      <c r="B36" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" s="8"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="8">
+        <v>3</v>
+      </c>
+      <c r="F36" s="8"/>
+      <c r="G36" s="9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A37" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G30" s="9">
+      <c r="B37" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="9"/>
+      <c r="D37" s="9"/>
+      <c r="E37" s="9">
+        <v>3</v>
+      </c>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C38" s="8"/>
+      <c r="D38" s="8">
+        <v>1</v>
+      </c>
+      <c r="E38" s="8"/>
+      <c r="F38" s="8"/>
+      <c r="G38" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A39" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9">
+        <v>1</v>
+      </c>
+      <c r="E39" s="9"/>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A40" s="11"/>
+      <c r="B40" s="11"/>
+      <c r="C40" s="11"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="11"/>
+      <c r="F40" s="11"/>
+      <c r="G40" s="12"/>
+    </row>
+    <row r="41" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A41" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="9">
+        <v>110</v>
+      </c>
+      <c r="D41" s="9">
+        <v>515</v>
+      </c>
+      <c r="E41" s="9">
+        <v>611</v>
+      </c>
+      <c r="F41" s="9"/>
+      <c r="G41" s="9">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="42" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
+    <row r="43" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A43" s="14" t="s">
         <v>20</v>
       </c>
-    </row>
-[...43 lines deleted...]
-    <row r="35" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+      <c r="B43" s="14"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="14"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="14"/>
+    </row>
+    <row r="44" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A34:H34"/>
+    <mergeCell ref="A43:H43"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DCD transplants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>