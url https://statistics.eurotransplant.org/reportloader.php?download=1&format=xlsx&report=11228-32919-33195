--- v0 (2025-10-20)
+++ v1 (2026-03-10)
@@ -180,51 +180,51 @@
   <si>
     <t>other blood-related</t>
   </si>
   <si>
     <t>spouse/partner</t>
   </si>
   <si>
     <t>non blood-related family</t>
   </si>
   <si>
     <t>other non blood-related</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>Kidney transplants (living donor) in 2024, by country, by characteristic</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 2173P_2024_kidney : 10.02.2025 : </t>
+    <t xml:space="preserve">statistics.eurotransplant.org : 2173P_2024_kidney : 12.02.2026 : </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -1236,57 +1236,57 @@
       </c>
       <c r="I39" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="6">
         <v>26</v>
       </c>
       <c r="C40" s="6">
         <v>40</v>
       </c>
       <c r="D40" s="6">
         <v>183</v>
       </c>
       <c r="E40" s="6">
         <v>22</v>
       </c>
       <c r="F40" s="6">
         <v>1</v>
       </c>
       <c r="G40" s="6">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="H40" s="6">
         <v>1</v>
       </c>
       <c r="I40" s="7">
-        <v>570</v>
+        <v>569</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A41" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B41" s="6">
         <v>10</v>
       </c>
       <c r="C41" s="6">
         <v>6</v>
       </c>
       <c r="D41" s="6">
         <v>54</v>
       </c>
       <c r="E41" s="6">
         <v>1</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="6">
         <v>43</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="7">
         <v>114</v>
@@ -1315,57 +1315,57 @@
       <c r="H42" s="6"/>
       <c r="I42" s="7">
         <v>149</v>
       </c>
     </row>
     <row r="43" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A43" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="6">
         <v>6</v>
       </c>
       <c r="C43" s="6">
         <v>10</v>
       </c>
       <c r="D43" s="6">
         <v>139</v>
       </c>
       <c r="E43" s="6">
         <v>11</v>
       </c>
       <c r="F43" s="6">
         <v>1</v>
       </c>
       <c r="G43" s="6">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H43" s="6">
         <v>1</v>
       </c>
       <c r="I43" s="7">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="44" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="6">
         <v>9</v>
       </c>
       <c r="C44" s="6">
         <v>12</v>
       </c>
       <c r="D44" s="6">
         <v>126</v>
       </c>
       <c r="E44" s="6">
         <v>13</v>
       </c>
       <c r="F44" s="6">
         <v>1</v>
       </c>
       <c r="G44" s="6">
         <v>37</v>
       </c>
       <c r="H44" s="6"/>
@@ -1901,124 +1901,124 @@
       </c>
       <c r="D69" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="70" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A70" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B70" s="6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C70" s="6">
         <v>19</v>
       </c>
       <c r="D70" s="6">
         <v>78</v>
       </c>
       <c r="E70" s="6">
         <v>8</v>
       </c>
       <c r="F70" s="6"/>
       <c r="G70" s="6">
         <v>81</v>
       </c>
       <c r="H70" s="6"/>
       <c r="I70" s="7">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="71" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A71" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B71" s="6">
         <v>6</v>
       </c>
       <c r="C71" s="6">
         <v>8</v>
       </c>
       <c r="D71" s="6">
         <v>87</v>
       </c>
       <c r="E71" s="6">
         <v>4</v>
       </c>
       <c r="F71" s="6">
         <v>1</v>
       </c>
       <c r="G71" s="6">
         <v>36</v>
       </c>
       <c r="H71" s="6"/>
       <c r="I71" s="7">
         <v>142</v>
       </c>
     </row>
     <row r="72" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A72" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B72" s="6">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C72" s="6">
         <v>15</v>
       </c>
       <c r="D72" s="6">
         <v>148</v>
       </c>
       <c r="E72" s="6">
         <v>9</v>
       </c>
       <c r="F72" s="6">
         <v>2</v>
       </c>
       <c r="G72" s="6">
         <v>45</v>
       </c>
       <c r="H72" s="6">
         <v>1</v>
       </c>
       <c r="I72" s="7">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A73" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="6"/>
       <c r="C73" s="6">
         <v>3</v>
       </c>
       <c r="D73" s="6">
         <v>6</v>
       </c>
       <c r="E73" s="6">
         <v>5</v>
       </c>
       <c r="F73" s="6"/>
       <c r="G73" s="6">
         <v>26</v>
       </c>
       <c r="H73" s="6"/>
       <c r="I73" s="7">
         <v>40</v>
       </c>
     </row>
@@ -2156,68 +2156,68 @@
       <c r="A80" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6">
         <v>23</v>
       </c>
       <c r="E80" s="6">
         <v>2</v>
       </c>
       <c r="F80" s="6"/>
       <c r="G80" s="6">
         <v>28</v>
       </c>
       <c r="H80" s="6"/>
       <c r="I80" s="7">
         <v>53</v>
       </c>
     </row>
     <row r="81" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A81" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B81" s="6">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C81" s="6">
         <v>6</v>
       </c>
       <c r="D81" s="6">
         <v>28</v>
       </c>
       <c r="E81" s="6">
         <v>7</v>
       </c>
       <c r="F81" s="6"/>
       <c r="G81" s="6">
         <v>143</v>
       </c>
       <c r="H81" s="6"/>
       <c r="I81" s="7">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="82" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A82" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B82" s="7">
         <v>59</v>
       </c>
       <c r="C82" s="7">
         <v>82</v>
       </c>
       <c r="D82" s="7">
         <v>632</v>
       </c>
       <c r="E82" s="7">
         <v>52</v>
       </c>
       <c r="F82" s="7">
         <v>3</v>
       </c>
       <c r="G82" s="7">
         <v>487</v>
       </c>
       <c r="H82" s="7">