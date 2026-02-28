--- v0 (2025-12-19)
+++ v1 (2026-02-28)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2019, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2019 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2019 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -320,66 +320,66 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>487</v>
       </c>
       <c r="C4" s="6">
         <v>616</v>
       </c>
       <c r="D4" s="6">
-        <v>2797</v>
+        <v>2796</v>
       </c>
       <c r="E4" s="6">
         <v>376</v>
       </c>
       <c r="F4" s="6">
         <v>223</v>
       </c>
       <c r="G4" s="6">
         <v>1510</v>
       </c>
       <c r="H4" s="6">
         <v>77</v>
       </c>
       <c r="I4" s="7">
-        <v>6086</v>
+        <v>6085</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>74</v>
       </c>
       <c r="C5" s="6">
         <v>86</v>
       </c>
       <c r="D5" s="6">
         <v>559</v>
       </c>
       <c r="E5" s="6">
         <v>96</v>
       </c>
       <c r="F5" s="6">
         <v>55</v>
       </c>
       <c r="G5" s="6">
         <v>54</v>
       </c>
       <c r="H5" s="6">
@@ -395,218 +395,218 @@
       </c>
       <c r="B6" s="6">
         <v>140</v>
       </c>
       <c r="C6" s="6">
         <v>141</v>
       </c>
       <c r="D6" s="6">
         <v>417</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6">
         <v>131</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="7">
         <v>829</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C7" s="6">
         <v>351</v>
       </c>
       <c r="D7" s="6">
         <v>1385</v>
       </c>
       <c r="E7" s="6">
         <v>115</v>
       </c>
       <c r="F7" s="6">
         <v>149</v>
       </c>
       <c r="G7" s="6">
         <v>261</v>
       </c>
       <c r="H7" s="6">
         <v>27</v>
       </c>
       <c r="I7" s="7">
-        <v>2502</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>23</v>
       </c>
       <c r="C8" s="6">
         <v>31</v>
       </c>
       <c r="D8" s="6">
         <v>140</v>
       </c>
       <c r="E8" s="6">
         <v>5</v>
       </c>
       <c r="F8" s="6">
         <v>7</v>
       </c>
       <c r="G8" s="6">
         <v>43</v>
       </c>
       <c r="H8" s="6">
         <v>3</v>
       </c>
       <c r="I8" s="7">
         <v>252</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="C9" s="7">
         <v>1225</v>
       </c>
       <c r="D9" s="7">
-        <v>5298</v>
+        <v>5297</v>
       </c>
       <c r="E9" s="7">
         <v>592</v>
       </c>
       <c r="F9" s="7">
         <v>434</v>
       </c>
       <c r="G9" s="7">
         <v>1999</v>
       </c>
       <c r="H9" s="7">
         <v>134</v>
       </c>
       <c r="I9" s="7">
-        <v>10620</v>
+        <v>10618</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
         <v>890</v>
       </c>
       <c r="C10" s="7">
         <v>1149</v>
       </c>
       <c r="D10" s="7">
-        <v>5028</v>
+        <v>5027</v>
       </c>
       <c r="E10" s="7">
         <v>575</v>
       </c>
       <c r="F10" s="7">
         <v>417</v>
       </c>
       <c r="G10" s="7">
         <v>1952</v>
       </c>
       <c r="H10" s="7">
         <v>127</v>
       </c>
       <c r="I10" s="7">
-        <v>10138</v>
+        <v>10137</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>402</v>
       </c>
       <c r="C13" s="6">
         <v>552</v>
       </c>
       <c r="D13" s="6">
-        <v>2449</v>
+        <v>2448</v>
       </c>
       <c r="E13" s="6">
         <v>354</v>
       </c>
       <c r="F13" s="6">
         <v>200</v>
       </c>
       <c r="G13" s="6">
         <v>1280</v>
       </c>
       <c r="H13" s="6">
         <v>73</v>
       </c>
       <c r="I13" s="7">
-        <v>5310</v>
+        <v>5309</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>73</v>
       </c>
       <c r="C14" s="6">
         <v>84</v>
       </c>
       <c r="D14" s="6">
         <v>553</v>
       </c>
       <c r="E14" s="6">
         <v>93</v>
       </c>
       <c r="F14" s="6">
         <v>55</v>
       </c>
       <c r="G14" s="6">
         <v>54</v>
       </c>
       <c r="H14" s="6">
@@ -686,95 +686,95 @@
       </c>
       <c r="F17" s="6">
         <v>7</v>
       </c>
       <c r="G17" s="6">
         <v>34</v>
       </c>
       <c r="H17" s="6">
         <v>3</v>
       </c>
       <c r="I17" s="7">
         <v>225</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
         <v>817</v>
       </c>
       <c r="C18" s="7">
         <v>1112</v>
       </c>
       <c r="D18" s="7">
-        <v>4782</v>
+        <v>4781</v>
       </c>
       <c r="E18" s="7">
         <v>555</v>
       </c>
       <c r="F18" s="7">
         <v>392</v>
       </c>
       <c r="G18" s="7">
         <v>1722</v>
       </c>
       <c r="H18" s="7">
         <v>125</v>
       </c>
       <c r="I18" s="7">
-        <v>9505</v>
+        <v>9504</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
         <v>786</v>
       </c>
       <c r="C19" s="7">
         <v>1055</v>
       </c>
       <c r="D19" s="7">
-        <v>4569</v>
+        <v>4568</v>
       </c>
       <c r="E19" s="7">
         <v>546</v>
       </c>
       <c r="F19" s="7">
         <v>378</v>
       </c>
       <c r="G19" s="7">
         <v>1689</v>
       </c>
       <c r="H19" s="7">
         <v>120</v>
       </c>
       <c r="I19" s="7">
-        <v>9143</v>
+        <v>9142</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
@@ -855,151 +855,151 @@
       </c>
       <c r="B24" s="6">
         <v>12</v>
       </c>
       <c r="C24" s="6">
         <v>2</v>
       </c>
       <c r="D24" s="6">
         <v>12</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6">
         <v>4</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="7">
         <v>30</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="6">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C25" s="6">
         <v>38</v>
       </c>
       <c r="D25" s="6">
         <v>139</v>
       </c>
       <c r="E25" s="6">
         <v>12</v>
       </c>
       <c r="F25" s="6">
         <v>19</v>
       </c>
       <c r="G25" s="6">
         <v>34</v>
       </c>
       <c r="H25" s="6">
         <v>2</v>
       </c>
       <c r="I25" s="7">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="6">
         <v>7</v>
       </c>
       <c r="D26" s="6">
         <v>11</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6">
         <v>9</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="7">
         <v>27</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C27" s="7">
         <v>113</v>
       </c>
       <c r="D27" s="7">
         <v>516</v>
       </c>
       <c r="E27" s="7">
         <v>37</v>
       </c>
       <c r="F27" s="7">
         <v>42</v>
       </c>
       <c r="G27" s="7">
         <v>277</v>
       </c>
       <c r="H27" s="7">
         <v>9</v>
       </c>
       <c r="I27" s="7">
-        <v>1115</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C28" s="7">
         <v>111</v>
       </c>
       <c r="D28" s="7">
         <v>508</v>
       </c>
       <c r="E28" s="7">
         <v>36</v>
       </c>
       <c r="F28" s="7">
         <v>42</v>
       </c>
       <c r="G28" s="7">
         <v>275</v>
       </c>
       <c r="H28" s="7">
         <v>9</v>
       </c>
       <c r="I28" s="7">
-        <v>1099</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>