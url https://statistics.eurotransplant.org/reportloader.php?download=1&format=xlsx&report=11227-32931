--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2020, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2020 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2020 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -329,57 +329,57 @@
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>397</v>
       </c>
       <c r="C4" s="6">
         <v>495</v>
       </c>
       <c r="D4" s="6">
         <v>2926</v>
       </c>
       <c r="E4" s="6">
         <v>291</v>
       </c>
       <c r="F4" s="6">
         <v>148</v>
       </c>
       <c r="G4" s="6">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="H4" s="6">
         <v>27</v>
       </c>
       <c r="I4" s="7">
-        <v>5649</v>
+        <v>5648</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>60</v>
       </c>
       <c r="C5" s="6">
         <v>85</v>
       </c>
       <c r="D5" s="6">
         <v>528</v>
       </c>
       <c r="E5" s="6">
         <v>66</v>
       </c>
       <c r="F5" s="6">
         <v>22</v>
       </c>
       <c r="G5" s="6">
         <v>72</v>
       </c>
       <c r="H5" s="6">
@@ -474,86 +474,86 @@
       </c>
       <c r="I8" s="7">
         <v>244</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
         <v>811</v>
       </c>
       <c r="C9" s="7">
         <v>1012</v>
       </c>
       <c r="D9" s="7">
         <v>5461</v>
       </c>
       <c r="E9" s="7">
         <v>461</v>
       </c>
       <c r="F9" s="7">
         <v>322</v>
       </c>
       <c r="G9" s="7">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="H9" s="7">
         <v>88</v>
       </c>
       <c r="I9" s="7">
-        <v>9987</v>
+        <v>9986</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
         <v>775</v>
       </c>
       <c r="C10" s="7">
         <v>962</v>
       </c>
       <c r="D10" s="7">
         <v>5165</v>
       </c>
       <c r="E10" s="7">
         <v>452</v>
       </c>
       <c r="F10" s="7">
         <v>300</v>
       </c>
       <c r="G10" s="7">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="H10" s="7">
         <v>85</v>
       </c>
       <c r="I10" s="7">
-        <v>9533</v>
+        <v>9532</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
@@ -805,57 +805,57 @@
       </c>
       <c r="I21" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="6">
         <v>85</v>
       </c>
       <c r="C22" s="6">
         <v>62</v>
       </c>
       <c r="D22" s="6">
         <v>371</v>
       </c>
       <c r="E22" s="6">
         <v>23</v>
       </c>
       <c r="F22" s="6">
         <v>20</v>
       </c>
       <c r="G22" s="6">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H22" s="6">
         <v>4</v>
       </c>
       <c r="I22" s="7">
-        <v>750</v>
+        <v>749</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="6">
         <v>2</v>
       </c>
       <c r="C23" s="6">
         <v>3</v>
       </c>
       <c r="D23" s="6">
         <v>6</v>
       </c>
       <c r="E23" s="6">
         <v>2</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="6">
         <v>1</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="7">
         <v>14</v>
@@ -934,86 +934,86 @@
       <c r="H26" s="6"/>
       <c r="I26" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
         <v>118</v>
       </c>
       <c r="C27" s="7">
         <v>116</v>
       </c>
       <c r="D27" s="7">
         <v>558</v>
       </c>
       <c r="E27" s="7">
         <v>30</v>
       </c>
       <c r="F27" s="7">
         <v>40</v>
       </c>
       <c r="G27" s="7">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H27" s="7">
         <v>6</v>
       </c>
       <c r="I27" s="7">
-        <v>1106</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
         <v>116</v>
       </c>
       <c r="C28" s="7">
         <v>113</v>
       </c>
       <c r="D28" s="7">
         <v>553</v>
       </c>
       <c r="E28" s="7">
         <v>30</v>
       </c>
       <c r="F28" s="7">
         <v>37</v>
       </c>
       <c r="G28" s="7">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="H28" s="7">
         <v>6</v>
       </c>
       <c r="I28" s="7">
-        <v>1091</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>