--- v0 (2025-10-31)
+++ v1 (2026-03-12)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2022, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2022 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2022 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -320,66 +320,66 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>371</v>
       </c>
       <c r="C4" s="6">
         <v>660</v>
       </c>
       <c r="D4" s="6">
-        <v>2407</v>
+        <v>2406</v>
       </c>
       <c r="E4" s="6">
         <v>314</v>
       </c>
       <c r="F4" s="6">
         <v>158</v>
       </c>
       <c r="G4" s="6">
         <v>1517</v>
       </c>
       <c r="H4" s="6">
         <v>38</v>
       </c>
       <c r="I4" s="7">
-        <v>5465</v>
+        <v>5464</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>62</v>
       </c>
       <c r="C5" s="6">
         <v>56</v>
       </c>
       <c r="D5" s="6">
         <v>506</v>
       </c>
       <c r="E5" s="6">
         <v>47</v>
       </c>
       <c r="F5" s="6">
         <v>44</v>
       </c>
       <c r="G5" s="6">
         <v>68</v>
       </c>
       <c r="H5" s="6">
@@ -387,57 +387,57 @@
       </c>
       <c r="I5" s="7">
         <v>823</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
         <v>105</v>
       </c>
       <c r="C6" s="6">
         <v>117</v>
       </c>
       <c r="D6" s="6">
         <v>341</v>
       </c>
       <c r="E6" s="6">
         <v>7</v>
       </c>
       <c r="F6" s="6">
         <v>14</v>
       </c>
       <c r="G6" s="6">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H6" s="6">
         <v>13</v>
       </c>
       <c r="I6" s="7">
-        <v>716</v>
+        <v>715</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
         <v>204</v>
       </c>
       <c r="C7" s="6">
         <v>319</v>
       </c>
       <c r="D7" s="6">
         <v>1296</v>
       </c>
       <c r="E7" s="6">
         <v>85</v>
       </c>
       <c r="F7" s="6">
         <v>167</v>
       </c>
       <c r="G7" s="6">
         <v>225</v>
       </c>
       <c r="H7" s="6">
@@ -465,154 +465,154 @@
       </c>
       <c r="F8" s="6">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <v>37</v>
       </c>
       <c r="H8" s="6">
         <v>1</v>
       </c>
       <c r="I8" s="7">
         <v>199</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
         <v>761</v>
       </c>
       <c r="C9" s="7">
         <v>1172</v>
       </c>
       <c r="D9" s="7">
-        <v>4650</v>
+        <v>4649</v>
       </c>
       <c r="E9" s="7">
         <v>463</v>
       </c>
       <c r="F9" s="7">
         <v>395</v>
       </c>
       <c r="G9" s="7">
-        <v>1966</v>
+        <v>1965</v>
       </c>
       <c r="H9" s="7">
         <v>114</v>
       </c>
       <c r="I9" s="7">
-        <v>9521</v>
+        <v>9519</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
         <v>727</v>
       </c>
       <c r="C10" s="7">
         <v>1113</v>
       </c>
       <c r="D10" s="7">
         <v>4482</v>
       </c>
       <c r="E10" s="7">
         <v>449</v>
       </c>
       <c r="F10" s="7">
         <v>375</v>
       </c>
       <c r="G10" s="7">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="H10" s="7">
         <v>108</v>
       </c>
       <c r="I10" s="7">
-        <v>9184</v>
+        <v>9183</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>315</v>
       </c>
       <c r="C13" s="6">
         <v>584</v>
       </c>
       <c r="D13" s="6">
-        <v>2142</v>
+        <v>2140</v>
       </c>
       <c r="E13" s="6">
         <v>290</v>
       </c>
       <c r="F13" s="6">
         <v>153</v>
       </c>
       <c r="G13" s="6">
         <v>1314</v>
       </c>
       <c r="H13" s="6">
         <v>34</v>
       </c>
       <c r="I13" s="7">
-        <v>4832</v>
+        <v>4830</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>61</v>
       </c>
       <c r="C14" s="6">
         <v>51</v>
       </c>
       <c r="D14" s="6">
         <v>495</v>
       </c>
       <c r="E14" s="6">
         <v>47</v>
       </c>
       <c r="F14" s="6">
         <v>44</v>
       </c>
       <c r="G14" s="6">
         <v>67</v>
       </c>
       <c r="H14" s="6">
@@ -620,57 +620,57 @@
       </c>
       <c r="I14" s="7">
         <v>805</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>98</v>
       </c>
       <c r="C15" s="6">
         <v>112</v>
       </c>
       <c r="D15" s="6">
         <v>337</v>
       </c>
       <c r="E15" s="6">
         <v>7</v>
       </c>
       <c r="F15" s="6">
         <v>13</v>
       </c>
       <c r="G15" s="6">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H15" s="6">
         <v>11</v>
       </c>
       <c r="I15" s="7">
-        <v>696</v>
+        <v>695</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>180</v>
       </c>
       <c r="C16" s="6">
         <v>284</v>
       </c>
       <c r="D16" s="6">
         <v>1183</v>
       </c>
       <c r="E16" s="6">
         <v>77</v>
       </c>
       <c r="F16" s="6">
         <v>153</v>
       </c>
       <c r="G16" s="6">
         <v>199</v>
       </c>
       <c r="H16" s="6">
@@ -698,95 +698,95 @@
       </c>
       <c r="F17" s="6">
         <v>12</v>
       </c>
       <c r="G17" s="6">
         <v>34</v>
       </c>
       <c r="H17" s="6">
         <v>1</v>
       </c>
       <c r="I17" s="7">
         <v>187</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
         <v>673</v>
       </c>
       <c r="C18" s="7">
         <v>1047</v>
       </c>
       <c r="D18" s="7">
-        <v>4252</v>
+        <v>4250</v>
       </c>
       <c r="E18" s="7">
         <v>431</v>
       </c>
       <c r="F18" s="7">
         <v>375</v>
       </c>
       <c r="G18" s="7">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="H18" s="7">
         <v>107</v>
       </c>
       <c r="I18" s="7">
-        <v>8617</v>
+        <v>8614</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
         <v>645</v>
       </c>
       <c r="C19" s="7">
         <v>1004</v>
       </c>
       <c r="D19" s="7">
-        <v>4124</v>
+        <v>4123</v>
       </c>
       <c r="E19" s="7">
         <v>420</v>
       </c>
       <c r="F19" s="7">
         <v>359</v>
       </c>
       <c r="G19" s="7">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="H19" s="7">
         <v>101</v>
       </c>
       <c r="I19" s="7">
-        <v>8364</v>
+        <v>8362</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
@@ -796,66 +796,66 @@
       </c>
       <c r="F21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="6">
         <v>56</v>
       </c>
       <c r="C22" s="6">
         <v>76</v>
       </c>
       <c r="D22" s="6">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E22" s="6">
         <v>24</v>
       </c>
       <c r="F22" s="6">
         <v>5</v>
       </c>
       <c r="G22" s="6">
         <v>203</v>
       </c>
       <c r="H22" s="6">
         <v>4</v>
       </c>
       <c r="I22" s="7">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="6">
         <v>1</v>
       </c>
       <c r="C23" s="6">
         <v>5</v>
       </c>
       <c r="D23" s="6">
         <v>11</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6">
         <v>1</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="7">
         <v>18</v>
       </c>
     </row>
@@ -925,95 +925,95 @@
       </c>
       <c r="D26" s="6">
         <v>5</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6">
         <v>3</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
         <v>88</v>
       </c>
       <c r="C27" s="7">
         <v>125</v>
       </c>
       <c r="D27" s="7">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E27" s="7">
         <v>32</v>
       </c>
       <c r="F27" s="7">
         <v>20</v>
       </c>
       <c r="G27" s="7">
         <v>234</v>
       </c>
       <c r="H27" s="7">
         <v>7</v>
       </c>
       <c r="I27" s="7">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
         <v>87</v>
       </c>
       <c r="C28" s="7">
         <v>123</v>
       </c>
       <c r="D28" s="7">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E28" s="7">
         <v>32</v>
       </c>
       <c r="F28" s="7">
         <v>18</v>
       </c>
       <c r="G28" s="7">
         <v>232</v>
       </c>
       <c r="H28" s="7">
         <v>7</v>
       </c>
       <c r="I28" s="7">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>