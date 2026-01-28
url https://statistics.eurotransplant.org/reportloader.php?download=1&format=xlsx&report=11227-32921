--- v0 (2025-10-20)
+++ v1 (2026-01-28)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2023, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2023 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2023 : 22.01.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -329,57 +329,57 @@
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>447</v>
       </c>
       <c r="C4" s="6">
         <v>647</v>
       </c>
       <c r="D4" s="6">
         <v>2616</v>
       </c>
       <c r="E4" s="6">
         <v>339</v>
       </c>
       <c r="F4" s="6">
         <v>217</v>
       </c>
       <c r="G4" s="6">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="H4" s="6">
         <v>58</v>
       </c>
       <c r="I4" s="7">
-        <v>5941</v>
+        <v>5940</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>98</v>
       </c>
       <c r="C5" s="6">
         <v>59</v>
       </c>
       <c r="D5" s="6">
         <v>485</v>
       </c>
       <c r="E5" s="6">
         <v>67</v>
       </c>
       <c r="F5" s="6">
         <v>61</v>
       </c>
       <c r="G5" s="6">
         <v>78</v>
       </c>
       <c r="H5" s="6">
@@ -472,86 +472,86 @@
       <c r="H8" s="6"/>
       <c r="I8" s="7">
         <v>219</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
         <v>872</v>
       </c>
       <c r="C9" s="7">
         <v>1220</v>
       </c>
       <c r="D9" s="7">
         <v>4995</v>
       </c>
       <c r="E9" s="7">
         <v>545</v>
       </c>
       <c r="F9" s="7">
         <v>493</v>
       </c>
       <c r="G9" s="7">
-        <v>2187</v>
+        <v>2186</v>
       </c>
       <c r="H9" s="7">
         <v>151</v>
       </c>
       <c r="I9" s="7">
-        <v>10463</v>
+        <v>10462</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
         <v>844</v>
       </c>
       <c r="C10" s="7">
         <v>1151</v>
       </c>
       <c r="D10" s="7">
         <v>4820</v>
       </c>
       <c r="E10" s="7">
         <v>533</v>
       </c>
       <c r="F10" s="7">
         <v>471</v>
       </c>
       <c r="G10" s="7">
-        <v>2129</v>
+        <v>2128</v>
       </c>
       <c r="H10" s="7">
         <v>149</v>
       </c>
       <c r="I10" s="7">
-        <v>10097</v>
+        <v>10096</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
@@ -560,57 +560,57 @@
       </c>
       <c r="I12" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>392</v>
       </c>
       <c r="C13" s="6">
         <v>574</v>
       </c>
       <c r="D13" s="6">
         <v>2298</v>
       </c>
       <c r="E13" s="6">
         <v>306</v>
       </c>
       <c r="F13" s="6">
         <v>195</v>
       </c>
       <c r="G13" s="6">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="H13" s="6">
         <v>47</v>
       </c>
       <c r="I13" s="7">
-        <v>5223</v>
+        <v>5222</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>93</v>
       </c>
       <c r="C14" s="6">
         <v>59</v>
       </c>
       <c r="D14" s="6">
         <v>478</v>
       </c>
       <c r="E14" s="6">
         <v>67</v>
       </c>
       <c r="F14" s="6">
         <v>60</v>
       </c>
       <c r="G14" s="6">
         <v>77</v>
       </c>
       <c r="H14" s="6">
@@ -703,86 +703,86 @@
       <c r="H17" s="6"/>
       <c r="I17" s="7">
         <v>203</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
         <v>785</v>
       </c>
       <c r="C18" s="7">
         <v>1093</v>
       </c>
       <c r="D18" s="7">
         <v>4522</v>
       </c>
       <c r="E18" s="7">
         <v>502</v>
       </c>
       <c r="F18" s="7">
         <v>454</v>
       </c>
       <c r="G18" s="7">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="H18" s="7">
         <v>136</v>
       </c>
       <c r="I18" s="7">
-        <v>9421</v>
+        <v>9420</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
         <v>766</v>
       </c>
       <c r="C19" s="7">
         <v>1045</v>
       </c>
       <c r="D19" s="7">
         <v>4383</v>
       </c>
       <c r="E19" s="7">
         <v>493</v>
       </c>
       <c r="F19" s="7">
         <v>440</v>
       </c>
       <c r="G19" s="7">
-        <v>1893</v>
+        <v>1892</v>
       </c>
       <c r="H19" s="7">
         <v>136</v>
       </c>
       <c r="I19" s="7">
-        <v>9156</v>
+        <v>9155</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>