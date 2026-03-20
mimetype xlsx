--- v1 (2026-01-28)
+++ v2 (2026-03-20)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2023, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2023 : 22.01.2026 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2023 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>