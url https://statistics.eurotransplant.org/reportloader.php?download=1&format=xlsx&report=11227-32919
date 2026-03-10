--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2024, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2024 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2024 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -317,69 +317,69 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>419</v>
       </c>
       <c r="C4" s="6">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D4" s="6">
-        <v>2665</v>
+        <v>2664</v>
       </c>
       <c r="E4" s="6">
         <v>367</v>
       </c>
       <c r="F4" s="6">
         <v>178</v>
       </c>
       <c r="G4" s="6">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="H4" s="6">
         <v>84</v>
       </c>
       <c r="I4" s="7">
-        <v>6020</v>
+        <v>6017</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>86</v>
       </c>
       <c r="C5" s="6">
         <v>95</v>
       </c>
       <c r="D5" s="6">
         <v>514</v>
       </c>
       <c r="E5" s="6">
         <v>83</v>
       </c>
       <c r="F5" s="6">
         <v>52</v>
       </c>
       <c r="G5" s="6">
         <v>81</v>
       </c>
       <c r="H5" s="6">
@@ -462,157 +462,157 @@
       </c>
       <c r="E8" s="6">
         <v>13</v>
       </c>
       <c r="F8" s="6">
         <v>8</v>
       </c>
       <c r="G8" s="6">
         <v>48</v>
       </c>
       <c r="H8" s="6">
         <v>2</v>
       </c>
       <c r="I8" s="7">
         <v>241</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
         <v>832</v>
       </c>
       <c r="C9" s="7">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="D9" s="7">
-        <v>5206</v>
+        <v>5205</v>
       </c>
       <c r="E9" s="7">
         <v>607</v>
       </c>
       <c r="F9" s="7">
         <v>469</v>
       </c>
       <c r="G9" s="7">
-        <v>2228</v>
+        <v>2227</v>
       </c>
       <c r="H9" s="7">
         <v>169</v>
       </c>
       <c r="I9" s="7">
-        <v>10796</v>
+        <v>10793</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
         <v>799</v>
       </c>
       <c r="C10" s="7">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="D10" s="7">
-        <v>5009</v>
+        <v>5008</v>
       </c>
       <c r="E10" s="7">
         <v>597</v>
       </c>
       <c r="F10" s="7">
         <v>443</v>
       </c>
       <c r="G10" s="7">
-        <v>2171</v>
+        <v>2170</v>
       </c>
       <c r="H10" s="7">
         <v>164</v>
       </c>
       <c r="I10" s="7">
-        <v>10398</v>
+        <v>10395</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>345</v>
       </c>
       <c r="C13" s="6">
         <v>566</v>
       </c>
       <c r="D13" s="6">
-        <v>2333</v>
+        <v>2332</v>
       </c>
       <c r="E13" s="6">
         <v>339</v>
       </c>
       <c r="F13" s="6">
         <v>163</v>
       </c>
       <c r="G13" s="6">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="H13" s="6">
         <v>76</v>
       </c>
       <c r="I13" s="7">
-        <v>5255</v>
+        <v>5253</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>83</v>
       </c>
       <c r="C14" s="6">
         <v>93</v>
       </c>
       <c r="D14" s="6">
         <v>504</v>
       </c>
       <c r="E14" s="6">
         <v>82</v>
       </c>
       <c r="F14" s="6">
         <v>52</v>
       </c>
       <c r="G14" s="6">
         <v>79</v>
       </c>
       <c r="H14" s="6">
@@ -698,164 +698,164 @@
       </c>
       <c r="F17" s="6">
         <v>7</v>
       </c>
       <c r="G17" s="6">
         <v>39</v>
       </c>
       <c r="H17" s="6">
         <v>2</v>
       </c>
       <c r="I17" s="7">
         <v>219</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
         <v>724</v>
       </c>
       <c r="C18" s="7">
         <v>1147</v>
       </c>
       <c r="D18" s="7">
-        <v>4704</v>
+        <v>4703</v>
       </c>
       <c r="E18" s="7">
         <v>564</v>
       </c>
       <c r="F18" s="7">
         <v>430</v>
       </c>
       <c r="G18" s="7">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="H18" s="7">
         <v>155</v>
       </c>
       <c r="I18" s="7">
-        <v>9672</v>
+        <v>9670</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
         <v>700</v>
       </c>
       <c r="C19" s="7">
         <v>1102</v>
       </c>
       <c r="D19" s="7">
-        <v>4552</v>
+        <v>4551</v>
       </c>
       <c r="E19" s="7">
         <v>557</v>
       </c>
       <c r="F19" s="7">
         <v>415</v>
       </c>
       <c r="G19" s="7">
-        <v>1904</v>
+        <v>1903</v>
       </c>
       <c r="H19" s="7">
         <v>152</v>
       </c>
       <c r="I19" s="7">
-        <v>9382</v>
+        <v>9380</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="6">
         <v>74</v>
       </c>
       <c r="C22" s="6">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D22" s="6">
         <v>332</v>
       </c>
       <c r="E22" s="6">
         <v>28</v>
       </c>
       <c r="F22" s="6">
         <v>15</v>
       </c>
       <c r="G22" s="6">
         <v>232</v>
       </c>
       <c r="H22" s="6">
         <v>8</v>
       </c>
       <c r="I22" s="7">
-        <v>765</v>
+        <v>764</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="6">
         <v>3</v>
       </c>
       <c r="C23" s="6">
         <v>2</v>
       </c>
       <c r="D23" s="6">
         <v>10</v>
       </c>
       <c r="E23" s="6">
         <v>1</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="6">
         <v>2</v>
       </c>
       <c r="H23" s="6">
         <v>1</v>
       </c>
@@ -928,98 +928,98 @@
         <v>3</v>
       </c>
       <c r="D26" s="6">
         <v>4</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6">
         <v>1</v>
       </c>
       <c r="G26" s="6">
         <v>9</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="7">
         <v>22</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
         <v>108</v>
       </c>
       <c r="C27" s="7">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D27" s="7">
         <v>502</v>
       </c>
       <c r="E27" s="7">
         <v>43</v>
       </c>
       <c r="F27" s="7">
         <v>39</v>
       </c>
       <c r="G27" s="7">
         <v>280</v>
       </c>
       <c r="H27" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="7">
-        <v>1124</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
         <v>105</v>
       </c>
       <c r="C28" s="7">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D28" s="7">
         <v>498</v>
       </c>
       <c r="E28" s="7">
         <v>42</v>
       </c>
       <c r="F28" s="7">
         <v>36</v>
       </c>
       <c r="G28" s="7">
         <v>279</v>
       </c>
       <c r="H28" s="7">
         <v>14</v>
       </c>
       <c r="I28" s="7">
-        <v>1108</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>