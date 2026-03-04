--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -60,54 +60,54 @@
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
-    <t>Waiting list registrations in 2015, by country, by organ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2015 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t>Waiting list registrations in 2025, by country, by organ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2025 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -314,700 +314,704 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
-        <v>449</v>
+        <v>359</v>
       </c>
       <c r="C4" s="6">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="D4" s="6">
-        <v>3076</v>
+        <v>2644</v>
       </c>
       <c r="E4" s="6">
-        <v>436</v>
+        <v>358</v>
       </c>
       <c r="F4" s="6">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="G4" s="6">
-        <v>1252</v>
+        <v>1561</v>
       </c>
       <c r="H4" s="6">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I4" s="7">
-        <v>6094</v>
+        <v>5767</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C5" s="6">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="D5" s="6">
-        <v>483</v>
+        <v>601</v>
       </c>
       <c r="E5" s="6">
         <v>76</v>
       </c>
       <c r="F5" s="6">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G5" s="6">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="H5" s="6">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="I5" s="7">
-        <v>952</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>157</v>
+        <v>99</v>
       </c>
       <c r="C6" s="6">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="D6" s="6">
-        <v>427</v>
-[...2 lines deleted...]
-      <c r="F6" s="6"/>
+        <v>432</v>
+      </c>
+      <c r="E6" s="6">
+        <v>27</v>
+      </c>
+      <c r="F6" s="6">
+        <v>7</v>
+      </c>
       <c r="G6" s="6">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="H6" s="6"/>
+        <v>159</v>
+      </c>
+      <c r="H6" s="6">
+        <v>16</v>
+      </c>
       <c r="I6" s="7">
-        <v>832</v>
+        <v>850</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C7" s="6">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="D7" s="6">
-        <v>1489</v>
+        <v>1517</v>
       </c>
       <c r="E7" s="6">
-        <v>120</v>
+        <v>105</v>
       </c>
       <c r="F7" s="6">
-        <v>157</v>
+        <v>257</v>
       </c>
       <c r="G7" s="6">
-        <v>215</v>
+        <v>314</v>
       </c>
       <c r="H7" s="6">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="I7" s="7">
-        <v>2589</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C8" s="6">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="D8" s="6">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="E8" s="6">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="F8" s="6">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="G8" s="6">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="H8" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I8" s="7">
-        <v>332</v>
+        <v>204</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
-        <v>871</v>
+        <v>735</v>
       </c>
       <c r="C9" s="7">
-        <v>1283</v>
+        <v>1229</v>
       </c>
       <c r="D9" s="7">
-        <v>5675</v>
+        <v>5314</v>
       </c>
       <c r="E9" s="7">
-        <v>653</v>
+        <v>576</v>
       </c>
       <c r="F9" s="7">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="G9" s="7">
-        <v>1691</v>
+        <v>2168</v>
       </c>
       <c r="H9" s="7">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="I9" s="7">
-        <v>10799</v>
+        <v>10662</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
-        <v>839</v>
+        <v>705</v>
       </c>
       <c r="C10" s="7">
-        <v>1216</v>
+        <v>1164</v>
       </c>
       <c r="D10" s="7">
-        <v>5339</v>
+        <v>5118</v>
       </c>
       <c r="E10" s="7">
-        <v>632</v>
+        <v>563</v>
       </c>
       <c r="F10" s="7">
-        <v>445</v>
+        <v>464</v>
       </c>
       <c r="G10" s="7">
-        <v>1645</v>
+        <v>2117</v>
       </c>
       <c r="H10" s="7">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I10" s="7">
-        <v>10267</v>
+        <v>10281</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
-        <v>365</v>
+        <v>316</v>
       </c>
       <c r="C13" s="6">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="D13" s="6">
-        <v>2646</v>
+        <v>2340</v>
       </c>
       <c r="E13" s="6">
-        <v>426</v>
+        <v>331</v>
       </c>
       <c r="F13" s="6">
-        <v>210</v>
+        <v>159</v>
       </c>
       <c r="G13" s="6">
-        <v>1050</v>
+        <v>1336</v>
       </c>
       <c r="H13" s="6">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I13" s="7">
-        <v>5281</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C14" s="6">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="D14" s="6">
-        <v>477</v>
+        <v>595</v>
       </c>
       <c r="E14" s="6">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F14" s="6">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="G14" s="6">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H14" s="6">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="I14" s="7">
-        <v>932</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6">
-        <v>145</v>
+        <v>91</v>
       </c>
       <c r="C15" s="6">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="D15" s="6">
-        <v>399</v>
-[...2 lines deleted...]
-      <c r="F15" s="6"/>
+        <v>419</v>
+      </c>
+      <c r="E15" s="6">
+        <v>27</v>
+      </c>
+      <c r="F15" s="6">
+        <v>7</v>
+      </c>
       <c r="G15" s="6">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="H15" s="6"/>
+        <v>158</v>
+      </c>
+      <c r="H15" s="6">
+        <v>16</v>
+      </c>
       <c r="I15" s="7">
-        <v>786</v>
+        <v>824</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C16" s="6">
-        <v>347</v>
+        <v>367</v>
       </c>
       <c r="D16" s="6">
-        <v>1308</v>
+        <v>1403</v>
       </c>
       <c r="E16" s="6">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="F16" s="6">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="G16" s="6">
-        <v>180</v>
+        <v>281</v>
       </c>
       <c r="H16" s="6">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I16" s="7">
-        <v>2283</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C17" s="6">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D17" s="6">
-        <v>185</v>
+        <v>116</v>
       </c>
       <c r="E17" s="6">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F17" s="6">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="G17" s="6">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="H17" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I17" s="7">
-        <v>299</v>
+        <v>192</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
-        <v>757</v>
+        <v>663</v>
       </c>
       <c r="C18" s="7">
-        <v>1155</v>
+        <v>1108</v>
       </c>
       <c r="D18" s="7">
-        <v>5015</v>
+        <v>4873</v>
       </c>
       <c r="E18" s="7">
-        <v>634</v>
+        <v>537</v>
       </c>
       <c r="F18" s="7">
-        <v>424</v>
+        <v>455</v>
       </c>
       <c r="G18" s="7">
-        <v>1444</v>
+        <v>1902</v>
       </c>
       <c r="H18" s="7">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="I18" s="7">
-        <v>9581</v>
+        <v>9683</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
-        <v>735</v>
+        <v>643</v>
       </c>
       <c r="C19" s="7">
-        <v>1114</v>
+        <v>1061</v>
       </c>
       <c r="D19" s="7">
-        <v>4758</v>
+        <v>4718</v>
       </c>
       <c r="E19" s="7">
-        <v>616</v>
+        <v>524</v>
       </c>
       <c r="F19" s="7">
-        <v>408</v>
+        <v>441</v>
       </c>
       <c r="G19" s="7">
-        <v>1410</v>
+        <v>1868</v>
       </c>
       <c r="H19" s="7">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="I19" s="7">
-        <v>9187</v>
+        <v>9398</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="6">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="C22" s="6">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D22" s="6">
-        <v>430</v>
+        <v>304</v>
       </c>
       <c r="E22" s="6">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="F22" s="6">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="G22" s="6">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="H22" s="6">
         <v>3</v>
       </c>
       <c r="I22" s="7">
-        <v>813</v>
+        <v>679</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
       <c r="D23" s="6">
         <v>6</v>
       </c>
       <c r="E23" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F23" s="6">
         <v>1</v>
       </c>
       <c r="G23" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H23" s="6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I23" s="7">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="6">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C24" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D24" s="6">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="7">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="6">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C25" s="6">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D25" s="6">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E25" s="6">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F25" s="6">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G25" s="6">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="H25" s="6">
         <v>2</v>
       </c>
       <c r="I25" s="7">
-        <v>306</v>
+        <v>247</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B26" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B26" s="6"/>
       <c r="C26" s="6">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D26" s="6">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="7">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="C27" s="7">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="D27" s="7">
-        <v>660</v>
+        <v>441</v>
       </c>
       <c r="E27" s="7">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="F27" s="7">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="G27" s="7">
-        <v>247</v>
+        <v>266</v>
       </c>
       <c r="H27" s="7">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I27" s="7">
-        <v>1218</v>
+        <v>979</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
-        <v>114</v>
+        <v>71</v>
       </c>
       <c r="C28" s="7">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D28" s="7">
-        <v>639</v>
+        <v>434</v>
       </c>
       <c r="E28" s="7">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="F28" s="7">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G28" s="7">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="H28" s="7">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I28" s="7">
-        <v>1189</v>
+        <v>963</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>