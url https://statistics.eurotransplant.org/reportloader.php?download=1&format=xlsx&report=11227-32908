--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -63,51 +63,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in 2017, by country, by organ</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2017 : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4003P_2017 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -401,124 +401,124 @@
       </c>
       <c r="D6" s="6">
         <v>422</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6">
         <v>114</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="7">
         <v>852</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
         <v>227</v>
       </c>
       <c r="C7" s="6">
         <v>409</v>
       </c>
       <c r="D7" s="6">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="E7" s="6">
         <v>88</v>
       </c>
       <c r="F7" s="6">
         <v>193</v>
       </c>
       <c r="G7" s="6">
         <v>229</v>
       </c>
       <c r="H7" s="6">
         <v>35</v>
       </c>
       <c r="I7" s="7">
-        <v>2548</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>26</v>
       </c>
       <c r="C8" s="6">
         <v>29</v>
       </c>
       <c r="D8" s="6">
         <v>181</v>
       </c>
       <c r="E8" s="6">
         <v>16</v>
       </c>
       <c r="F8" s="6">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <v>37</v>
       </c>
       <c r="H8" s="6">
         <v>1</v>
       </c>
       <c r="I8" s="7">
         <v>302</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
         <v>966</v>
       </c>
       <c r="C9" s="7">
         <v>1331</v>
       </c>
       <c r="D9" s="7">
-        <v>5464</v>
+        <v>5463</v>
       </c>
       <c r="E9" s="7">
         <v>627</v>
       </c>
       <c r="F9" s="7">
         <v>497</v>
       </c>
       <c r="G9" s="7">
         <v>1747</v>
       </c>
       <c r="H9" s="7">
         <v>135</v>
       </c>
       <c r="I9" s="7">
-        <v>10767</v>
+        <v>10766</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
         <v>920</v>
       </c>
       <c r="C10" s="7">
         <v>1265</v>
       </c>
       <c r="D10" s="7">
         <v>5149</v>
       </c>
       <c r="E10" s="7">
         <v>614</v>
       </c>
       <c r="F10" s="7">
         <v>474</v>
       </c>
       <c r="G10" s="7">
         <v>1709</v>
       </c>
       <c r="H10" s="7">
@@ -861,120 +861,120 @@
       </c>
       <c r="D24" s="6">
         <v>19</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6">
         <v>4</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="7">
         <v>43</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="6">
         <v>28</v>
       </c>
       <c r="C25" s="6">
         <v>45</v>
       </c>
       <c r="D25" s="6">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E25" s="6">
         <v>1</v>
       </c>
       <c r="F25" s="6">
         <v>20</v>
       </c>
       <c r="G25" s="6">
         <v>32</v>
       </c>
       <c r="H25" s="6">
         <v>6</v>
       </c>
       <c r="I25" s="7">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="6">
         <v>6</v>
       </c>
       <c r="C26" s="6">
         <v>9</v>
       </c>
       <c r="D26" s="6">
         <v>12</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6">
         <v>1</v>
       </c>
       <c r="G26" s="6">
         <v>4</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="7">
         <v>32</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
         <v>131</v>
       </c>
       <c r="C27" s="7">
         <v>154</v>
       </c>
       <c r="D27" s="7">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="E27" s="7">
         <v>15</v>
       </c>
       <c r="F27" s="7">
         <v>34</v>
       </c>
       <c r="G27" s="7">
         <v>228</v>
       </c>
       <c r="H27" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="7">
-        <v>1193</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
         <v>124</v>
       </c>
       <c r="C28" s="7">
         <v>150</v>
       </c>
       <c r="D28" s="7">
         <v>602</v>
       </c>
       <c r="E28" s="7">
         <v>15</v>
       </c>
       <c r="F28" s="7">
         <v>33</v>
       </c>
       <c r="G28" s="7">
         <v>225</v>
       </c>
       <c r="H28" s="7">