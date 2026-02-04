--- v0 (2025-10-31)
+++ v1 (2026-02-04)
@@ -51,51 +51,51 @@
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Non Related</t>
   </si>
   <si>
     <t>Related</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Domino</t>
   </si>
   <si>
     <t>Transplants (living donor) in 2022, by country, by organ, by donor-recipient relationship</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2023P_2022_all organs : 10.02.2025 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 2023P_2022_all organs : 22.01.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>