--- v1 (2026-02-04)
+++ v2 (2026-03-27)
@@ -51,51 +51,51 @@
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Non Related</t>
   </si>
   <si>
     <t>Related</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Domino</t>
   </si>
   <si>
     <t>Transplants (living donor) in 2022, by country, by organ, by donor-recipient relationship</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2023P_2022_all organs : 22.01.2026 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 2023P_2022_all organs : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>