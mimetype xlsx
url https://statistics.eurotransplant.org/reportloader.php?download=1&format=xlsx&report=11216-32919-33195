--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -45,51 +45,51 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Non Related</t>
   </si>
   <si>
     <t>Related</t>
   </si>
   <si>
     <t>Kidney transplants (living donor) in 2024, by country, by donor-recipient relationship</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2023P_2024_kidney : 10.02.2025 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 2023P_2024_kidney : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -289,102 +289,102 @@
       </c>
       <c r="G3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="6">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D4" s="6">
         <v>32</v>
       </c>
       <c r="E4" s="6">
         <v>295</v>
       </c>
       <c r="F4" s="6">
         <v>24</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6">
         <v>285</v>
       </c>
       <c r="I4" s="6">
         <v>1</v>
       </c>
       <c r="J4" s="6"/>
       <c r="K4" s="7">
-        <v>673</v>
+        <v>671</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="6">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D5" s="6">
         <v>50</v>
       </c>
       <c r="E5" s="6">
         <v>337</v>
       </c>
       <c r="F5" s="6">
         <v>28</v>
       </c>
       <c r="G5" s="6">
         <v>3</v>
       </c>
       <c r="H5" s="6">
         <v>202</v>
       </c>
       <c r="I5" s="6">
         <v>1</v>
       </c>
       <c r="J5" s="6"/>
       <c r="K5" s="7">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="7">
         <v>59</v>
       </c>
       <c r="D6" s="7">
         <v>82</v>
       </c>
       <c r="E6" s="7">
         <v>632</v>
       </c>
       <c r="F6" s="7">
         <v>52</v>
       </c>
       <c r="G6" s="7">
         <v>3</v>
       </c>
       <c r="H6" s="7">