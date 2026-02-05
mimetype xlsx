--- v0 (2025-10-20)
+++ v1 (2026-02-05)
@@ -16,51 +16,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="waiting list" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2" uniqueCount="2">
   <si>
     <t>Kidney waiting list (at year-end) in Netherlands, by year, by urgency</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3062P_Netherlands_kidney : 10.02.2025 : including recipients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3062P_Netherlands_kidney : 22.01.2026 : including recipients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="00333333"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>