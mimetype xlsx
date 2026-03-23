--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -16,51 +16,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="waiting list" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2" uniqueCount="2">
   <si>
     <t>Kidney waiting list (at year-end) in Netherlands, by year, by urgency</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3062P_Netherlands_kidney : 22.01.2026 : including recipients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3062P_Netherlands_kidney : 13.02.2026 : including recipients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="00333333"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>