--- v0 (2025-11-07)
+++ v1 (2026-03-04)
@@ -57,54 +57,54 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>split liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>pancreatic islets</t>
   </si>
   <si>
-    <t>Organs transplanted (deceased donor) in 2015, by donor country, by organ</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2183P_2015 : 10.02.2025 : counting each individual organ (lung/kidney/split liver)</t>
+    <t>Organs transplanted (deceased donor) in 2025, by donor country, by organ</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2183P_2025 : 12.02.2026 : counting each individual organ (lung/kidney/split liver)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -291,303 +291,297 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="6">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="C4" s="6">
-        <v>489</v>
+        <v>541</v>
       </c>
       <c r="D4" s="6">
-        <v>1528</v>
+        <v>1513</v>
       </c>
       <c r="E4" s="6">
-        <v>312</v>
+        <v>214</v>
       </c>
       <c r="F4" s="6">
-        <v>227</v>
+        <v>135</v>
       </c>
       <c r="G4" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H4" s="6">
-        <v>467</v>
+        <v>514</v>
       </c>
       <c r="I4" s="6">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="J4" s="6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K4" s="7">
-        <v>3461</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="6">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C5" s="6">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D5" s="6">
-        <v>278</v>
+        <v>315</v>
       </c>
       <c r="E5" s="6">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="F5" s="6">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G5" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H5" s="6">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="I5" s="6">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J5" s="6">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="K5" s="7">
-        <v>604</v>
+        <v>693</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C6" s="6">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="D6" s="6">
-        <v>514</v>
+        <v>598</v>
       </c>
       <c r="E6" s="6">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="F6" s="6">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="G6" s="6"/>
       <c r="H6" s="6">
-        <v>137</v>
+        <v>228</v>
       </c>
       <c r="I6" s="6">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="J6" s="6">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K6" s="7">
-        <v>1193</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="6">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C7" s="6">
-        <v>256</v>
+        <v>358</v>
       </c>
       <c r="D7" s="6">
-        <v>701</v>
+        <v>780</v>
       </c>
       <c r="E7" s="6">
-        <v>119</v>
+        <v>87</v>
       </c>
       <c r="F7" s="6">
-        <v>136</v>
+        <v>96</v>
       </c>
       <c r="G7" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H7" s="6">
-        <v>156</v>
+        <v>203</v>
       </c>
       <c r="I7" s="6">
         <v>42</v>
       </c>
       <c r="J7" s="6">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K7" s="7">
-        <v>1566</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C8" s="6">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="D8" s="6">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="E8" s="6">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="7">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C9" s="6">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D9" s="6">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="E9" s="6">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F9" s="6">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="G9" s="6">
+        <v>3</v>
+      </c>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6">
+        <v>24</v>
+      </c>
+      <c r="I9" s="6">
+        <v>2</v>
+      </c>
+      <c r="J9" s="6">
         <v>1</v>
       </c>
-      <c r="H9" s="6">
-[...5 lines deleted...]
-      <c r="J9" s="6"/>
       <c r="K9" s="7">
-        <v>192</v>
+        <v>152</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="7">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
-        <v>735</v>
+        <v>717</v>
       </c>
       <c r="C11" s="7">
-        <v>1121</v>
+        <v>1306</v>
       </c>
       <c r="D11" s="7">
-        <v>3149</v>
+        <v>3326</v>
       </c>
       <c r="E11" s="7">
-        <v>575</v>
+        <v>423</v>
       </c>
       <c r="F11" s="7">
-        <v>466</v>
+        <v>299</v>
       </c>
       <c r="G11" s="7">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="H11" s="7">
-        <v>872</v>
+        <v>1052</v>
       </c>
       <c r="I11" s="7">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J11" s="7">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="K11" s="7">
-        <v>7155</v>
+        <v>7360</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="13" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A13:L13"/>
   </mergeCells>