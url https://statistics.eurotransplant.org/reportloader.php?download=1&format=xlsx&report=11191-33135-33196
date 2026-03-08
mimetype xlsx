--- v0 (2025-10-18)
+++ v1 (2026-03-08)
@@ -13,51 +13,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="WL dynamics" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2" uniqueCount="2">
   <si>
     <t>Active heart waiting list and transplants in Eurotransplant</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 7090P_All ET_heart : 10.02.2025 : excluding He+Lu</t>
+    <t>statistics.eurotransplant.org : 7090P_All ET_heart : 13.02.2026 : excluding He+Lu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="00333333"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>