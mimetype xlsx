--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -4,110 +4,113 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Active WL" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>All organs waiting list</t>
   </si>
   <si>
     <t xml:space="preserve">kidney </t>
   </si>
   <si>
     <t xml:space="preserve">heart </t>
   </si>
   <si>
     <t xml:space="preserve">lung </t>
   </si>
   <si>
     <t xml:space="preserve">liver </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">heart + liver </t>
   </si>
   <si>
+    <t xml:space="preserve">heart + liver + kidney </t>
+  </si>
+  <si>
     <t xml:space="preserve">heart + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">lung + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Active waiting list (at year-end) in All ET, by year, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3002P_All ET_all organs : 01.01.2025 :  only active organ needs are counted</t>
+    <t>statistics.eurotransplant.org : 3002P_All ET_all organs : 13.02.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -228,674 +231,687 @@
     </xf>
     <xf numFmtId="49" fontId="5" fillId="6" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="172" fontId="3" fillId="6" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L23"/>
+  <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="22.1053" customWidth="1"/>
     <col min="2" max="11" width="6.1341" customWidth="1"/>
     <col min="12" max="12" width="51152e-6" customWidth="1"/>
     <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C3" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D3" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F3" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G3" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H3" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I3" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J3" s="3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K3" s="3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="5">
-        <v>10400</v>
+        <v>10476</v>
       </c>
       <c r="C4" s="5">
-        <v>10476</v>
+        <v>10663</v>
       </c>
       <c r="D4" s="5">
-        <v>10663</v>
+        <v>10365</v>
       </c>
       <c r="E4" s="5">
-        <v>10365</v>
+        <v>10320</v>
       </c>
       <c r="F4" s="5">
-        <v>10320</v>
+        <v>10440</v>
       </c>
       <c r="G4" s="5">
-        <v>10440</v>
+        <v>9874</v>
       </c>
       <c r="H4" s="5">
-        <v>9874</v>
+        <v>9939</v>
       </c>
       <c r="I4" s="5">
-        <v>9939</v>
+        <v>9974</v>
       </c>
       <c r="J4" s="5">
-        <v>9974</v>
+        <v>10002</v>
       </c>
       <c r="K4" s="5">
-        <v>10002</v>
+        <v>9953</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="5">
-        <v>1140</v>
+        <v>1097</v>
       </c>
       <c r="C5" s="5">
-        <v>1097</v>
+        <v>1108</v>
       </c>
       <c r="D5" s="5">
-        <v>1108</v>
+        <v>1132</v>
       </c>
       <c r="E5" s="5">
-        <v>1132</v>
+        <v>1090</v>
       </c>
       <c r="F5" s="5">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="G5" s="5">
-        <v>1089</v>
+        <v>1126</v>
       </c>
       <c r="H5" s="5">
-        <v>1126</v>
+        <v>1019</v>
       </c>
       <c r="I5" s="5">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="J5" s="5">
-        <v>1028</v>
+        <v>1000</v>
       </c>
       <c r="K5" s="5">
-        <v>1000</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
-        <v>746</v>
+        <v>782</v>
       </c>
       <c r="C6" s="5">
-        <v>782</v>
+        <v>799</v>
       </c>
       <c r="D6" s="5">
-        <v>799</v>
+        <v>701</v>
       </c>
       <c r="E6" s="5">
-        <v>701</v>
+        <v>658</v>
       </c>
       <c r="F6" s="5">
-        <v>658</v>
+        <v>589</v>
       </c>
       <c r="G6" s="5">
-        <v>589</v>
+        <v>617</v>
       </c>
       <c r="H6" s="5">
-        <v>617</v>
+        <v>570</v>
       </c>
       <c r="I6" s="5">
-        <v>570</v>
+        <v>609</v>
       </c>
       <c r="J6" s="5">
-        <v>609</v>
+        <v>584</v>
       </c>
       <c r="K6" s="5">
-        <v>584</v>
+        <v>603</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
-        <v>1759</v>
+        <v>1636</v>
       </c>
       <c r="C7" s="5">
-        <v>1636</v>
+        <v>1631</v>
       </c>
       <c r="D7" s="5">
-        <v>1631</v>
+        <v>1390</v>
       </c>
       <c r="E7" s="5">
-        <v>1390</v>
+        <v>1417</v>
       </c>
       <c r="F7" s="5">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="G7" s="5">
-        <v>1421</v>
+        <v>1349</v>
       </c>
       <c r="H7" s="5">
-        <v>1349</v>
+        <v>1239</v>
       </c>
       <c r="I7" s="5">
-        <v>1239</v>
+        <v>1382</v>
       </c>
       <c r="J7" s="5">
-        <v>1382</v>
+        <v>1497</v>
       </c>
       <c r="K7" s="5">
-        <v>1497</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C8" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D8" s="5">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E8" s="5">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F8" s="5">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G8" s="5">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H8" s="5">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I8" s="5">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="J8" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="K8" s="5">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C9" s="5">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D9" s="5">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E9" s="5">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F9" s="5">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="G9" s="5">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="H9" s="5">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I9" s="5">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="J9" s="5">
         <v>38</v>
       </c>
       <c r="K9" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="5">
+        <v>11</v>
+      </c>
+      <c r="C10" s="5">
         <v>13</v>
       </c>
-      <c r="C10" s="5">
+      <c r="D10" s="5">
         <v>11</v>
       </c>
-      <c r="D10" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="5">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F10" s="5">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G10" s="5">
         <v>10</v>
       </c>
       <c r="H10" s="5">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I10" s="5">
+        <v>8</v>
+      </c>
+      <c r="J10" s="5">
+        <v>7</v>
+      </c>
+      <c r="K10" s="5">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="5"/>
-      <c r="C11" s="5">
+      <c r="B11" s="5">
         <v>1</v>
       </c>
+      <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="5">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="C12" s="5">
         <v>2</v>
       </c>
+      <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
-      <c r="G12" s="5"/>
+      <c r="G12" s="5">
+        <v>2</v>
+      </c>
       <c r="H12" s="5">
+        <v>4</v>
+      </c>
+      <c r="I12" s="5">
         <v>2</v>
       </c>
-      <c r="I12" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="J12" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K12" s="5">
         <v>3</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="5">
-[...25 lines deleted...]
-      </c>
+      <c r="B13" s="5"/>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5"/>
       <c r="K13" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="5">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C14" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D14" s="5">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="E14" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F14" s="5">
+        <v>16</v>
+      </c>
+      <c r="G14" s="5">
+        <v>12</v>
+      </c>
+      <c r="H14" s="5">
+        <v>15</v>
+      </c>
+      <c r="I14" s="5">
+        <v>6</v>
+      </c>
+      <c r="J14" s="5">
         <v>4</v>
       </c>
-      <c r="G14" s="5"/>
-[...8 lines deleted...]
-      </c>
       <c r="K14" s="5">
-        <v>1</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="5"/>
+      <c r="B15" s="5">
+        <v>2</v>
+      </c>
       <c r="C15" s="5">
+        <v>5</v>
+      </c>
+      <c r="D15" s="5">
+        <v>2</v>
+      </c>
+      <c r="E15" s="5">
+        <v>4</v>
+      </c>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5">
         <v>1</v>
       </c>
-      <c r="D15" s="5"/>
-      <c r="E15" s="5">
+      <c r="H15" s="5">
+        <v>2</v>
+      </c>
+      <c r="I15" s="5">
+        <v>2</v>
+      </c>
+      <c r="J15" s="5">
         <v>1</v>
       </c>
-      <c r="F15" s="5"/>
-[...3 lines deleted...]
-      <c r="J15" s="5"/>
       <c r="K15" s="5"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="5">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="C16" s="5"/>
       <c r="D16" s="5">
-        <v>10</v>
-[...21 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5"/>
+      <c r="K16" s="5"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C17" s="5">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D17" s="5">
-        <v>2</v>
-[...5 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>12</v>
+      </c>
+      <c r="E17" s="5">
+        <v>4</v>
+      </c>
+      <c r="F17" s="5">
+        <v>6</v>
+      </c>
+      <c r="G17" s="5">
+        <v>8</v>
+      </c>
+      <c r="H17" s="5">
+        <v>7</v>
+      </c>
+      <c r="I17" s="5">
+        <v>5</v>
+      </c>
       <c r="J17" s="5">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="K17" s="5"/>
+        <v>10</v>
+      </c>
+      <c r="K17" s="5">
+        <v>8</v>
+      </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="5">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="C18" s="5">
-        <v>57</v>
-[...15 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D18" s="5"/>
+      <c r="E18" s="5"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="5"/>
       <c r="I18" s="5">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="5"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="5">
-        <v>320</v>
+        <v>57</v>
       </c>
       <c r="C19" s="5">
+        <v>66</v>
+      </c>
+      <c r="D19" s="5">
+        <v>55</v>
+      </c>
+      <c r="E19" s="5">
+        <v>50</v>
+      </c>
+      <c r="F19" s="5">
+        <v>54</v>
+      </c>
+      <c r="G19" s="5">
+        <v>48</v>
+      </c>
+      <c r="H19" s="5">
+        <v>41</v>
+      </c>
+      <c r="I19" s="5">
+        <v>50</v>
+      </c>
+      <c r="J19" s="5">
+        <v>43</v>
+      </c>
+      <c r="K19" s="5">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A20" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="5">
         <v>347</v>
       </c>
-      <c r="D19" s="5">
+      <c r="C20" s="5">
         <v>354</v>
       </c>
-      <c r="E19" s="5">
+      <c r="D20" s="5">
         <v>355</v>
       </c>
-      <c r="F19" s="5">
+      <c r="E20" s="5">
         <v>333</v>
       </c>
-      <c r="G19" s="5">
+      <c r="F20" s="5">
         <v>317</v>
       </c>
-      <c r="H19" s="5">
+      <c r="G20" s="5">
         <v>335</v>
       </c>
-      <c r="I19" s="5">
+      <c r="H20" s="5">
         <v>378</v>
       </c>
-      <c r="J19" s="5">
+      <c r="I20" s="5">
         <v>373</v>
       </c>
-      <c r="K19" s="5">
+      <c r="J20" s="5">
         <v>365</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C20" s="7">
+      <c r="K20" s="5">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A21" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="7">
         <v>14533</v>
       </c>
-      <c r="D20" s="7">
+      <c r="C21" s="7">
         <v>14773</v>
       </c>
-      <c r="E20" s="7">
+      <c r="D21" s="7">
         <v>14129</v>
       </c>
-      <c r="F20" s="7">
+      <c r="E21" s="7">
         <v>13985</v>
       </c>
-      <c r="G20" s="7">
+      <c r="F21" s="7">
         <v>14020</v>
       </c>
-      <c r="H20" s="7">
+      <c r="G21" s="7">
         <v>13460</v>
       </c>
-      <c r="I20" s="7">
+      <c r="H21" s="7">
         <v>13276</v>
       </c>
-      <c r="J20" s="7">
+      <c r="I21" s="7">
         <v>13498</v>
       </c>
-      <c r="K20" s="7">
+      <c r="J21" s="7">
         <v>13571</v>
       </c>
-    </row>
-[...17 lines deleted...]
-    <row r="23" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+      <c r="K21" s="7">
+        <v>13686</v>
+      </c>
+    </row>
+    <row r="22" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
+    <row r="23" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A23" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="9"/>
+      <c r="D23" s="9"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="9"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="9"/>
+      <c r="L23" s="9"/>
+    </row>
+    <row r="24" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
-    <mergeCell ref="A22:L22"/>
+    <mergeCell ref="A23:L23"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Active WL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>