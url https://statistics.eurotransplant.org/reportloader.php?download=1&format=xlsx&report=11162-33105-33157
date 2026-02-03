--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -57,51 +57,51 @@
   <si>
     <t xml:space="preserve">heart + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Active waiting list (at year-end) in Germany, by year, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3002P_Germany_all organs : 01.01.2025 :  only active organ needs are counted</t>
+    <t>statistics.eurotransplant.org : 3002P_Germany_all organs : 01.01.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -255,577 +255,573 @@
     <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C3" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D3" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F3" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G3" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H3" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I3" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J3" s="3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K3" s="3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="5">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C4" s="5">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D4" s="5">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E4" s="5">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F4" s="5">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G4" s="5">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H4" s="5">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I4" s="5">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J4" s="5">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K4" s="5">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="5">
-        <v>773</v>
+        <v>702</v>
       </c>
       <c r="C5" s="5">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D5" s="5">
         <v>703</v>
       </c>
       <c r="E5" s="5">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="F5" s="5">
-        <v>706</v>
+        <v>684</v>
       </c>
       <c r="G5" s="5">
-        <v>684</v>
+        <v>714</v>
       </c>
       <c r="H5" s="5">
-        <v>714</v>
+        <v>687</v>
       </c>
       <c r="I5" s="5">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="J5" s="5">
-        <v>682</v>
+        <v>656</v>
       </c>
       <c r="K5" s="5">
-        <v>656</v>
+        <v>721</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="C6" s="5">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D6" s="5">
-        <v>377</v>
+        <v>304</v>
       </c>
       <c r="E6" s="5">
-        <v>304</v>
+        <v>268</v>
       </c>
       <c r="F6" s="5">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="G6" s="5">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="H6" s="5">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="I6" s="5">
-        <v>279</v>
+        <v>317</v>
       </c>
       <c r="J6" s="5">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="K6" s="5">
-        <v>308</v>
+        <v>318</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
-        <v>1233</v>
+        <v>1125</v>
       </c>
       <c r="C7" s="5">
-        <v>1125</v>
+        <v>1044</v>
       </c>
       <c r="D7" s="5">
-        <v>1044</v>
+        <v>820</v>
       </c>
       <c r="E7" s="5">
-        <v>820</v>
+        <v>838</v>
       </c>
       <c r="F7" s="5">
-        <v>838</v>
+        <v>858</v>
       </c>
       <c r="G7" s="5">
-        <v>858</v>
+        <v>824</v>
       </c>
       <c r="H7" s="5">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="I7" s="5">
-        <v>819</v>
+        <v>844</v>
       </c>
       <c r="J7" s="5">
-        <v>844</v>
+        <v>875</v>
       </c>
       <c r="K7" s="5">
-        <v>875</v>
+        <v>905</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C8" s="5">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D8" s="5">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E8" s="5">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="5">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="G8" s="5">
         <v>19</v>
       </c>
       <c r="H8" s="5">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I8" s="5">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J8" s="5">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="K8" s="5">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="5">
         <v>5</v>
       </c>
       <c r="C9" s="5">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D9" s="5">
         <v>10</v>
       </c>
       <c r="E9" s="5">
         <v>10</v>
       </c>
       <c r="F9" s="5">
         <v>10</v>
       </c>
       <c r="G9" s="5">
         <v>10</v>
       </c>
       <c r="H9" s="5">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I9" s="5">
         <v>9</v>
       </c>
       <c r="J9" s="5">
         <v>9</v>
       </c>
       <c r="K9" s="5">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="5">
         <v>8</v>
       </c>
       <c r="C10" s="5">
+        <v>11</v>
+      </c>
+      <c r="D10" s="5">
         <v>8</v>
       </c>
-      <c r="D10" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="5">
+        <v>5</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6</v>
+      </c>
+      <c r="G10" s="5">
         <v>8</v>
       </c>
-      <c r="F10" s="5">
-[...2 lines deleted...]
-      <c r="G10" s="5">
+      <c r="H10" s="5">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="I10" s="5">
         <v>6</v>
       </c>
       <c r="J10" s="5">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K10" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="5">
         <v>2</v>
       </c>
-      <c r="C11" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
-      <c r="H11" s="5"/>
+      <c r="H11" s="5">
+        <v>1</v>
+      </c>
       <c r="I11" s="5">
         <v>1</v>
       </c>
       <c r="J11" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K11" s="5">
         <v>2</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="5">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C12" s="5">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D12" s="5">
+        <v>8</v>
+      </c>
+      <c r="E12" s="5">
+        <v>11</v>
+      </c>
+      <c r="F12" s="5">
         <v>10</v>
       </c>
-      <c r="E12" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="5">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H12" s="5">
         <v>5</v>
       </c>
       <c r="I12" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C13" s="5">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5">
         <v>2</v>
       </c>
-      <c r="D13" s="5">
+      <c r="E13" s="5">
         <v>3</v>
       </c>
-      <c r="E13" s="5">
+      <c r="F13" s="5"/>
+      <c r="G13" s="5">
+        <v>1</v>
+      </c>
+      <c r="H13" s="5">
+        <v>1</v>
+      </c>
+      <c r="I13" s="5">
         <v>2</v>
       </c>
-      <c r="F13" s="5">
-[...8 lines deleted...]
-      </c>
       <c r="J13" s="5">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="K13" s="5"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="5">
         <v>3</v>
       </c>
       <c r="C14" s="5">
+        <v>5</v>
+      </c>
+      <c r="D14" s="5">
+        <v>7</v>
+      </c>
+      <c r="E14" s="5">
+        <v>2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>4</v>
+      </c>
+      <c r="G14" s="5">
+        <v>7</v>
+      </c>
+      <c r="H14" s="5">
         <v>3</v>
       </c>
-      <c r="D14" s="5">
-[...13 lines deleted...]
-      </c>
       <c r="I14" s="5">
+        <v>5</v>
+      </c>
+      <c r="J14" s="5">
+        <v>5</v>
+      </c>
+      <c r="K14" s="5">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="5">
         <v>1</v>
       </c>
       <c r="C15" s="5">
         <v>1</v>
       </c>
-      <c r="D15" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5"/>
       <c r="J15" s="5"/>
       <c r="K15" s="5"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="5">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="C16" s="5">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D16" s="5">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E16" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F16" s="5">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G16" s="5">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H16" s="5">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I16" s="5">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="J16" s="5">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K16" s="5">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="5">
-        <v>207</v>
+        <v>240</v>
       </c>
       <c r="C17" s="5">
-        <v>240</v>
+        <v>260</v>
       </c>
       <c r="D17" s="5">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E17" s="5">
-        <v>257</v>
+        <v>231</v>
       </c>
       <c r="F17" s="5">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G17" s="5">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="H17" s="5">
-        <v>245</v>
+        <v>297</v>
       </c>
       <c r="I17" s="5">
         <v>297</v>
       </c>
       <c r="J17" s="5">
-        <v>297</v>
+        <v>280</v>
       </c>
       <c r="K17" s="5">
-        <v>280</v>
+        <v>272</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7">
-        <v>10238</v>
+        <v>10129</v>
       </c>
       <c r="C18" s="7">
-        <v>10129</v>
+        <v>10107</v>
       </c>
       <c r="D18" s="7">
-        <v>10107</v>
+        <v>9403</v>
       </c>
       <c r="E18" s="7">
-        <v>9403</v>
+        <v>9004</v>
       </c>
       <c r="F18" s="7">
-        <v>9004</v>
+        <v>9192</v>
       </c>
       <c r="G18" s="7">
-        <v>9192</v>
+        <v>8458</v>
       </c>
       <c r="H18" s="7">
-        <v>8458</v>
+        <v>8505</v>
       </c>
       <c r="I18" s="7">
-        <v>8505</v>
+        <v>8394</v>
       </c>
       <c r="J18" s="7">
-        <v>8394</v>
+        <v>8269</v>
       </c>
       <c r="K18" s="7">
-        <v>8269</v>
+        <v>8207</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="20" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A20" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A20:L20"/>
   </mergeCells>