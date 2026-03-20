--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -57,51 +57,51 @@
   <si>
     <t xml:space="preserve">heart + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Active waiting list (at year-end) in Germany, by year, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3002P_Germany_all organs : 01.01.2026 :  only active organ needs are counted</t>
+    <t>statistics.eurotransplant.org : 3002P_Germany_all organs : 13.02.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>