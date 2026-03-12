--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -60,51 +60,51 @@
   <si>
     <t xml:space="preserve">lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">lung + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Active waiting list (at year-end) in Belgium, by year, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3002P_Belgium_all organs : 01.01.2025 :  only active organ needs are counted</t>
+    <t>statistics.eurotransplant.org : 3002P_Belgium_all organs : 13.02.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -258,566 +258,564 @@
     <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C3" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D3" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F3" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G3" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H3" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I3" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J3" s="3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K3" s="3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="5">
-        <v>813</v>
+        <v>742</v>
       </c>
       <c r="C4" s="5">
-        <v>742</v>
+        <v>793</v>
       </c>
       <c r="D4" s="5">
-        <v>793</v>
+        <v>776</v>
       </c>
       <c r="E4" s="5">
-        <v>776</v>
+        <v>870</v>
       </c>
       <c r="F4" s="5">
-        <v>870</v>
+        <v>910</v>
       </c>
       <c r="G4" s="5">
-        <v>910</v>
+        <v>1063</v>
       </c>
       <c r="H4" s="5">
-        <v>1063</v>
+        <v>1152</v>
       </c>
       <c r="I4" s="5">
-        <v>1152</v>
+        <v>1143</v>
       </c>
       <c r="J4" s="5">
-        <v>1143</v>
+        <v>1167</v>
       </c>
       <c r="K4" s="5">
-        <v>1167</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="5">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C5" s="5">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D5" s="5">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E5" s="5">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="F5" s="5">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G5" s="5">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H5" s="5">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I5" s="5">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J5" s="5">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K5" s="5">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="C6" s="5">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="D6" s="5">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E6" s="5">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="F6" s="5">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="G6" s="5">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H6" s="5">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="I6" s="5">
-        <v>110</v>
+        <v>77</v>
       </c>
       <c r="J6" s="5">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K6" s="5">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="C7" s="5">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="D7" s="5">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="E7" s="5">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="F7" s="5">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="G7" s="5">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="H7" s="5">
-        <v>167</v>
+        <v>111</v>
       </c>
       <c r="I7" s="5">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="J7" s="5">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="K7" s="5">
-        <v>114</v>
+        <v>128</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C8" s="5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D8" s="5">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E8" s="5">
+        <v>4</v>
+      </c>
+      <c r="F8" s="5">
+        <v>2</v>
+      </c>
+      <c r="G8" s="5">
         <v>3</v>
       </c>
-      <c r="F8" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="H8" s="5">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="I8" s="5"/>
       <c r="J8" s="5"/>
-      <c r="K8" s="5"/>
+      <c r="K8" s="5">
+        <v>1</v>
+      </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="5">
+        <v>25</v>
+      </c>
+      <c r="C9" s="5">
         <v>24</v>
       </c>
-      <c r="C9" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="5">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E9" s="5">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F9" s="5">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G9" s="5">
         <v>22</v>
       </c>
       <c r="H9" s="5">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="I9" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J9" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K9" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="5">
+        <v>1</v>
+      </c>
+      <c r="C10" s="5">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="D10" s="5">
         <v>2</v>
       </c>
       <c r="E10" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F10" s="5">
         <v>3</v>
       </c>
       <c r="G10" s="5">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="5"/>
+      <c r="G11" s="5">
+        <v>2</v>
+      </c>
       <c r="H11" s="5">
-        <v>2</v>
-[...7 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5">
+        <v>1</v>
+      </c>
+      <c r="K11" s="5"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="5">
+        <v>3</v>
+      </c>
+      <c r="C12" s="5">
+        <v>7</v>
+      </c>
+      <c r="D12" s="5">
+        <v>5</v>
+      </c>
+      <c r="E12" s="5">
         <v>6</v>
       </c>
-      <c r="C12" s="5">
+      <c r="F12" s="5">
+        <v>4</v>
+      </c>
+      <c r="G12" s="5">
         <v>3</v>
       </c>
-      <c r="D12" s="5">
+      <c r="H12" s="5">
         <v>7</v>
       </c>
-      <c r="E12" s="5">
+      <c r="I12" s="5">
         <v>5</v>
       </c>
-      <c r="F12" s="5">
-[...5 lines deleted...]
-      <c r="H12" s="5">
+      <c r="J12" s="5">
         <v>3</v>
       </c>
-      <c r="I12" s="5">
+      <c r="K12" s="5">
         <v>7</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="5"/>
-      <c r="C13" s="5"/>
-      <c r="D13" s="5">
+      <c r="C13" s="5">
         <v>2</v>
       </c>
-      <c r="E13" s="5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5">
+        <v>1</v>
+      </c>
+      <c r="F13" s="5"/>
       <c r="G13" s="5"/>
-      <c r="H13" s="5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H13" s="5">
+        <v>1</v>
+      </c>
+      <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="5"/>
-[...6 lines deleted...]
-      </c>
+      <c r="B14" s="5">
+        <v>1</v>
+      </c>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5">
+        <v>1</v>
+      </c>
+      <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
       <c r="J14" s="5"/>
       <c r="K14" s="5"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C15" s="5">
+        <v>4</v>
+      </c>
+      <c r="D15" s="5">
+        <v>5</v>
+      </c>
+      <c r="E15" s="5">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F15" s="5">
         <v>2</v>
       </c>
       <c r="G15" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H15" s="5">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="I15" s="5">
         <v>4</v>
       </c>
-      <c r="J15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5">
+        <v>4</v>
+      </c>
       <c r="K15" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="5"/>
-      <c r="C16" s="5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C16" s="5">
+        <v>1</v>
+      </c>
+      <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
-      <c r="I16" s="5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16" s="5">
+        <v>1</v>
+      </c>
+      <c r="J16" s="5"/>
       <c r="K16" s="5"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="5">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C17" s="5">
+        <v>23</v>
+      </c>
+      <c r="D17" s="5">
+        <v>22</v>
+      </c>
+      <c r="E17" s="5">
+        <v>14</v>
+      </c>
+      <c r="F17" s="5">
+        <v>16</v>
+      </c>
+      <c r="G17" s="5">
+        <v>23</v>
+      </c>
+      <c r="H17" s="5">
+        <v>13</v>
+      </c>
+      <c r="I17" s="5">
         <v>21</v>
       </c>
-      <c r="D17" s="5">
-[...8 lines deleted...]
-      <c r="G17" s="5">
+      <c r="J17" s="5">
         <v>16</v>
       </c>
-      <c r="H17" s="5">
-[...2 lines deleted...]
-      <c r="I17" s="5">
+      <c r="K17" s="5">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="5">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C18" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D18" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E18" s="5">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F18" s="5">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G18" s="5">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="H18" s="5">
+        <v>17</v>
+      </c>
+      <c r="I18" s="5">
+        <v>16</v>
+      </c>
+      <c r="J18" s="5">
+        <v>17</v>
+      </c>
+      <c r="K18" s="5">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="7">
-        <v>1288</v>
+        <v>1217</v>
       </c>
       <c r="C19" s="7">
-        <v>1217</v>
+        <v>1292</v>
       </c>
       <c r="D19" s="7">
-        <v>1292</v>
+        <v>1269</v>
       </c>
       <c r="E19" s="7">
-        <v>1269</v>
+        <v>1341</v>
       </c>
       <c r="F19" s="7">
-        <v>1341</v>
+        <v>1350</v>
       </c>
       <c r="G19" s="7">
-        <v>1350</v>
+        <v>1514</v>
       </c>
       <c r="H19" s="7">
-        <v>1514</v>
+        <v>1504</v>
       </c>
       <c r="I19" s="7">
-        <v>1504</v>
+        <v>1453</v>
       </c>
       <c r="J19" s="7">
-        <v>1453</v>
+        <v>1470</v>
       </c>
       <c r="K19" s="7">
-        <v>1470</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="21" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A21" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A21:L21"/>
   </mergeCells>