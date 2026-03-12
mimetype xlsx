--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -21,51 +21,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Active WL" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Pancreas waiting list</t>
   </si>
   <si>
     <t xml:space="preserve">pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Active pancreas waiting list (at year-end) in Austria, by year, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3002P_Austria_pancreas : 01.01.2025 :  only active organ needs are counted</t>
+    <t>statistics.eurotransplant.org : 3002P_Austria_pancreas : 13.02.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -219,175 +219,173 @@
     <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C3" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D3" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F3" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G3" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H3" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I3" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J3" s="3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K3" s="3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="5">
         <v>1</v>
       </c>
       <c r="C4" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D4" s="5">
+        <v>3</v>
+      </c>
+      <c r="E4" s="5">
         <v>2</v>
       </c>
-      <c r="E4" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
-      <c r="I4" s="5"/>
-      <c r="J4" s="5">
+      <c r="I4" s="5">
         <v>1</v>
       </c>
+      <c r="J4" s="5"/>
       <c r="K4" s="5"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="5">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C5" s="5">
         <v>8</v>
       </c>
       <c r="D5" s="5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E5" s="5">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F5" s="5">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G5" s="5">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="H5" s="5">
         <v>11</v>
       </c>
       <c r="I5" s="5">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="J5" s="5">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K5" s="5">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C6" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D6" s="7">
         <v>10</v>
       </c>
       <c r="E6" s="7">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F6" s="7">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="G6" s="7">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="H6" s="7">
         <v>11</v>
       </c>
       <c r="I6" s="7">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J6" s="7">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K6" s="7">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="8" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A8:L8"/>
   </mergeCells>