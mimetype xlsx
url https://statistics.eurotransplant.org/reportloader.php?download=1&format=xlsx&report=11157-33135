--- v0 (2025-10-17)
+++ v1 (2026-02-03)
@@ -9,102 +9,102 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used pmp" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Donors used pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
     <t>Deceased donors used in All ET, per million population, by year, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1032P_All ET : 10.02.2025 : donors are counted for each organ type separately</t>
+    <t>statistics.eurotransplant.org : 1032P_All ET : 22.01.2026 : donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -290,253 +290,253 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>13.5559548442454</v>
+        <v>12.7808715233591</v>
       </c>
       <c r="C4" s="4">
-        <v>12.7808715233591</v>
+        <v>12.058436061331</v>
       </c>
       <c r="D4" s="4">
-        <v>12.058436061331</v>
+        <v>13.5578803021989</v>
       </c>
       <c r="E4" s="4">
-        <v>13.5578803021989</v>
+        <v>12.3360053130562</v>
       </c>
       <c r="F4" s="4">
-        <v>12.3360053130562</v>
+        <v>11.0143800547098</v>
       </c>
       <c r="G4" s="4">
-        <v>11.0143800547098</v>
+        <v>11.4293012596768</v>
       </c>
       <c r="H4" s="4">
-        <v>11.4293012596768</v>
+        <v>11.5081700020272</v>
       </c>
       <c r="I4" s="4">
-        <v>11.5081700020272</v>
+        <v>12.1951414802709</v>
       </c>
       <c r="J4" s="4">
-        <v>12.0865280793136</v>
+        <v>12.3793959353999</v>
       </c>
       <c r="K4" s="4">
-        <v>12.3790469365992</v>
+        <v>12.7100488510656</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>4.45675227756012</v>
+        <v>4.23329557945361</v>
       </c>
       <c r="C5" s="4">
-        <v>4.23329557945361</v>
+        <v>3.9461305358857</v>
       </c>
       <c r="D5" s="4">
-        <v>3.9461305358857</v>
+        <v>4.46079125369003</v>
       </c>
       <c r="E5" s="4">
-        <v>4.46079125369003</v>
+        <v>4.76088148311213</v>
       </c>
       <c r="F5" s="4">
-        <v>4.76088148311213</v>
+        <v>4.18037526828921</v>
       </c>
       <c r="G5" s="4">
-        <v>4.18037526828921</v>
+        <v>4.09798214269405</v>
       </c>
       <c r="H5" s="4">
-        <v>4.09798214269405</v>
+        <v>4.5234005749293</v>
       </c>
       <c r="I5" s="4">
-        <v>4.5234005749293</v>
+        <v>4.58676444266874</v>
       </c>
       <c r="J5" s="4">
-        <v>4.54591341307517</v>
+        <v>4.86230353173633</v>
       </c>
       <c r="K5" s="4">
-        <v>4.86216645411882</v>
+        <v>4.80045446413405</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>4.36018931154631</v>
+        <v>4.52778570671995</v>
       </c>
       <c r="C6" s="4">
-        <v>4.52778570671995</v>
+        <v>4.40088907347848</v>
       </c>
       <c r="D6" s="4">
-        <v>4.40088907347848</v>
+        <v>4.84836819868277</v>
       </c>
       <c r="E6" s="4">
-        <v>4.84836819868277</v>
+        <v>4.87024323234136</v>
       </c>
       <c r="F6" s="4">
-        <v>4.87024323234136</v>
+        <v>4.64566921119445</v>
       </c>
       <c r="G6" s="4">
-        <v>4.64566921119445</v>
+        <v>4.44674658037014</v>
       </c>
       <c r="H6" s="4">
-        <v>4.44674658037014</v>
+        <v>4.25475559696399</v>
       </c>
       <c r="I6" s="4">
-        <v>4.25475559696399</v>
+        <v>4.53604192908472</v>
       </c>
       <c r="J6" s="4">
-        <v>4.49564264863358</v>
+        <v>4.73244972821815</v>
       </c>
       <c r="K6" s="4">
-        <v>4.73231631142722</v>
+        <v>4.91560779460803</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>11.8623889787725</v>
+        <v>11.4409414442972</v>
       </c>
       <c r="C7" s="4">
-        <v>11.4409414442972</v>
+        <v>11.0829056500433</v>
       </c>
       <c r="D7" s="4">
-        <v>11.0829056500433</v>
+        <v>11.9417575693046</v>
       </c>
       <c r="E7" s="4">
-        <v>11.9417575693046</v>
+        <v>11.103862938407</v>
       </c>
       <c r="F7" s="4">
-        <v>11.103862938407</v>
+        <v>10.2873582689204</v>
       </c>
       <c r="G7" s="4">
-        <v>10.2873582689204</v>
+        <v>10.5864538686263</v>
       </c>
       <c r="H7" s="4">
-        <v>10.5864538686263</v>
+        <v>10.7457991186121</v>
       </c>
       <c r="I7" s="4">
-        <v>10.7457991186121</v>
+        <v>11.4270577031415</v>
       </c>
       <c r="J7" s="4">
-        <v>11.3252850749124</v>
+        <v>12.2928267330545</v>
       </c>
       <c r="K7" s="4">
-        <v>12.2924801748048</v>
+        <v>12.6452751026739</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>1.92383139981345</v>
+        <v>1.56815992769325</v>
       </c>
       <c r="C8" s="4">
-        <v>1.56815992769325</v>
+        <v>1.22491412545151</v>
       </c>
       <c r="D8" s="4">
-        <v>1.22491412545151</v>
+        <v>1.5137439172358</v>
       </c>
       <c r="E8" s="4">
-        <v>1.5137439172358</v>
+        <v>1.29046864090482</v>
       </c>
       <c r="F8" s="4">
-        <v>1.29046864090482</v>
+        <v>1.22866681798413</v>
       </c>
       <c r="G8" s="4">
-        <v>1.22866681798413</v>
+        <v>900974.797329897e-6</v>
       </c>
       <c r="H8" s="4">
-        <v>900974.797329897e-6</v>
+        <v>965669.785659063e-6</v>
       </c>
       <c r="I8" s="4">
-        <v>965669.785659063e-6</v>
+        <v>898513.097773971e-6</v>
       </c>
       <c r="J8" s="4">
-        <v>890510.684393871e-6</v>
+        <v>1.11818553029545</v>
       </c>
       <c r="K8" s="4">
-        <v>1.118154006511</v>
+        <v>1.1515333047398</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6">
-        <v>15.0638226981532</v>
+        <v>14.4962765146855</v>
       </c>
       <c r="C9" s="6">
-        <v>14.4962765146855</v>
+        <v>13.9214791024369</v>
       </c>
       <c r="D9" s="6">
-        <v>13.9214791024369</v>
+        <v>15.4153245291452</v>
       </c>
       <c r="E9" s="6">
-        <v>15.4153245291452</v>
+        <v>14.5086587310768</v>
       </c>
       <c r="F9" s="6">
-        <v>14.5086587310768</v>
+        <v>13.2172560656518</v>
       </c>
       <c r="G9" s="6">
-        <v>13.2172560656518</v>
+        <v>13.6018130693675</v>
       </c>
       <c r="H9" s="6">
-        <v>13.6018130693675</v>
+        <v>13.8170646775128</v>
       </c>
       <c r="I9" s="6">
-        <v>13.8170646775128</v>
+        <v>14.847204333378</v>
       </c>
       <c r="J9" s="6">
-        <v>14.714970905831</v>
+        <v>15.3732475165135</v>
       </c>
       <c r="K9" s="6">
-        <v>15.3728141153223</v>
+        <v>15.6032762792243</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A11:L11"/>
   </mergeCells>