--- v1 (2026-02-03)
+++ v2 (2026-03-23)
@@ -60,51 +60,51 @@
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
     <t>Deceased donors used in All ET, per million population, by year, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1032P_All ET : 22.01.2026 : donors are counted for each organ type separately</t>
+    <t>statistics.eurotransplant.org : 1032P_All ET : 12.02.2026 : donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>