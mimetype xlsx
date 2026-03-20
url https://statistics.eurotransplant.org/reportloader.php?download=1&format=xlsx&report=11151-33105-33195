--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -192,51 +192,51 @@
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Allocation program (donors 65+)</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Highly Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>Kidney-only transplants (deceased donor) in Germany, by year, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2072P_Germany_kidney : 22.01.2026 :  excluding organ combinations</t>
+    <t>statistics.eurotransplant.org : 2072P_Germany_kidney : 12.02.2026 :  excluding organ combinations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -1656,86 +1656,86 @@
       <c r="A48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B48" s="4">
         <v>31</v>
       </c>
       <c r="C48" s="4">
         <v>26</v>
       </c>
       <c r="D48" s="4">
         <v>25</v>
       </c>
       <c r="E48" s="4">
         <v>27</v>
       </c>
       <c r="F48" s="4">
         <v>33</v>
       </c>
       <c r="G48" s="4">
         <v>24</v>
       </c>
       <c r="H48" s="4">
         <v>29</v>
       </c>
       <c r="I48" s="4">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J48" s="4">
         <v>32</v>
       </c>
       <c r="K48" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="49" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A49" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B49" s="4">
         <v>91</v>
       </c>
       <c r="C49" s="4">
         <v>90</v>
       </c>
       <c r="D49" s="4">
         <v>89</v>
       </c>
       <c r="E49" s="4">
         <v>95</v>
       </c>
       <c r="F49" s="4">
         <v>94</v>
       </c>
       <c r="G49" s="4">
         <v>105</v>
       </c>
       <c r="H49" s="4">
         <v>93</v>
       </c>
       <c r="I49" s="4">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J49" s="4">
         <v>118</v>
       </c>
       <c r="K49" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="50" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A50" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4">
         <v>376</v>
       </c>
       <c r="C50" s="4">
         <v>349</v>
       </c>
       <c r="D50" s="4">
         <v>428</v>
       </c>
       <c r="E50" s="4">
         <v>396</v>
       </c>
       <c r="F50" s="4">