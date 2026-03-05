--- v0 (2025-10-20)
+++ v1 (2026-03-05)
@@ -135,54 +135,54 @@
   <si>
     <t>0-15</t>
   </si>
   <si>
     <t>16-55</t>
   </si>
   <si>
     <t>56-64</t>
   </si>
   <si>
     <t>65+</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
-    <t>Kidney-only transplants (deceased donor) in 2024, by country, by characteristic, standard ETKAS allocation</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2163P_2024_kidney : 10.02.2025 :  excluding organ combinations, standard ETKAS allocation</t>
+    <t>Kidney-only transplants (deceased donor) in 2025, by country, by characteristic, standard ETKAS allocation</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2163P_2025_kidney : 12.02.2026 :  excluding organ combinations, standard ETKAS allocation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -375,1518 +375,1512 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C4" s="6">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D4" s="6">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="E4" s="6">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F4" s="6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G4" s="6">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H4" s="6"/>
       <c r="I4" s="7">
-        <v>241</v>
+        <v>207</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="6">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D5" s="6">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E5" s="6">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F5" s="6">
         <v>6</v>
       </c>
       <c r="G5" s="6">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="H5" s="6"/>
+        <v>29</v>
+      </c>
+      <c r="H5" s="6">
+        <v>1</v>
+      </c>
       <c r="I5" s="7">
-        <v>164</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C6" s="6">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="D6" s="6">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E6" s="6">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F6" s="6">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G6" s="6">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="H6" s="6">
         <v>4</v>
       </c>
       <c r="I6" s="7">
-        <v>495</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="C7" s="6">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D7" s="6">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="E7" s="6">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F7" s="6">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="G7" s="6">
-        <v>143</v>
+        <v>86</v>
       </c>
       <c r="H7" s="6">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="I7" s="7">
-        <v>743</v>
+        <v>718</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C8" s="6">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D8" s="6">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="E8" s="6">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F8" s="6">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G8" s="6">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="H8" s="6">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I8" s="7">
         <v>350</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="6">
+        <v>11</v>
+      </c>
+      <c r="C9" s="6">
         <v>4</v>
       </c>
-      <c r="C9" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="6">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E9" s="6">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F9" s="6">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G9" s="6">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="7">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E10" s="6">
         <v>1</v>
       </c>
-      <c r="F10" s="6">
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="7">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C11" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D11" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E11" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F11" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G11" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H11" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I11" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A12" s="8"/>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="6">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C15" s="6">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="D15" s="6">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="E15" s="6">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F15" s="6">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G15" s="6">
-        <v>153</v>
+        <v>102</v>
       </c>
       <c r="H15" s="6">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I15" s="7">
-        <v>880</v>
+        <v>793</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="6">
         <v>11</v>
       </c>
       <c r="C16" s="6">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D16" s="6">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E16" s="6">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F16" s="6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G16" s="6">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H16" s="6"/>
       <c r="I16" s="7">
-        <v>120</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B17" s="6">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C17" s="6">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D17" s="6">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="E17" s="6">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="F17" s="6">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G17" s="6">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H17" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I17" s="7">
-        <v>284</v>
+        <v>269</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="6">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C18" s="6">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="D18" s="6">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="E18" s="6">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18" s="6">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="G18" s="6">
-        <v>168</v>
+        <v>110</v>
       </c>
       <c r="H18" s="6">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I18" s="7">
-        <v>780</v>
+        <v>778</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C19" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D19" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E19" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F19" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G19" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H19" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I19" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="8"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="6">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C23" s="6">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="D23" s="6">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="E23" s="6"/>
+        <v>341</v>
+      </c>
+      <c r="E23" s="6">
+        <v>1</v>
+      </c>
       <c r="F23" s="6">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="G23" s="6">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="H23" s="6">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I23" s="7">
-        <v>671</v>
+        <v>714</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="6">
         <v>49</v>
       </c>
       <c r="C24" s="6">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="D24" s="6">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="E24" s="6">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F24" s="6">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G24" s="6">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="H24" s="6">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I24" s="7">
-        <v>705</v>
+        <v>618</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="6">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="C25" s="6">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D25" s="6">
-        <v>225</v>
+        <v>200</v>
       </c>
       <c r="E25" s="6">
-        <v>144</v>
+        <v>127</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="6">
-        <v>151</v>
+        <v>101</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="7">
-        <v>688</v>
+        <v>614</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C26" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D26" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E26" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F26" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G26" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H26" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I26" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A27" s="8"/>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A30" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="6">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="C30" s="6">
         <v>58</v>
       </c>
       <c r="D30" s="6">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="E30" s="6">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F30" s="6">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="G30" s="6">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H30" s="6">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I30" s="7">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A31" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="6">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C31" s="6">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D31" s="6">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="E31" s="6">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F31" s="6">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G31" s="6">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H31" s="6">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I31" s="7">
-        <v>215</v>
+        <v>202</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A32" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="6">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C32" s="6">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="D32" s="6">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="E32" s="6">
         <v>37</v>
       </c>
       <c r="F32" s="6">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G32" s="6">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="H32" s="6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I32" s="7">
-        <v>346</v>
+        <v>298</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A33" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="6">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C33" s="6">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="D33" s="6">
-        <v>201</v>
+        <v>173</v>
       </c>
       <c r="E33" s="6">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F33" s="6">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G33" s="6">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="H33" s="6"/>
+        <v>102</v>
+      </c>
+      <c r="H33" s="6">
+        <v>2</v>
+      </c>
       <c r="I33" s="7">
-        <v>655</v>
+        <v>583</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A34" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="6">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="C34" s="6">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D34" s="6">
-        <v>402</v>
+        <v>428</v>
       </c>
       <c r="E34" s="6">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F34" s="6">
         <v>9</v>
       </c>
       <c r="G34" s="6">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="H34" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I34" s="7">
-        <v>572</v>
+        <v>583</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C35" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D35" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E35" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F35" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G35" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H35" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I35" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A36" s="8"/>
       <c r="B36" s="9"/>
       <c r="C36" s="9"/>
       <c r="D36" s="9"/>
       <c r="E36" s="9"/>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
       <c r="H36" s="9"/>
       <c r="I36" s="9"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="38" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="6">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C39" s="6">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D39" s="6">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E39" s="6">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F39" s="6">
         <v>1</v>
       </c>
       <c r="G39" s="6">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H39" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I39" s="7">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B40" s="6"/>
+      <c r="B40" s="6">
+        <v>1</v>
+      </c>
       <c r="C40" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D40" s="6">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E40" s="6"/>
       <c r="F40" s="6">
         <v>2</v>
       </c>
       <c r="G40" s="6">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="7">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A41" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B41" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C41" s="6">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D41" s="6">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E41" s="6">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="F41" s="6"/>
       <c r="G41" s="6">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H41" s="6"/>
       <c r="I41" s="7">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A42" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B42" s="6">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C42" s="6">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D42" s="6">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="E42" s="6">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F42" s="6">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="G42" s="6">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="H42" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I42" s="7">
-        <v>218</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A43" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="6">
         <v>99</v>
       </c>
       <c r="C43" s="6">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D43" s="6">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="E43" s="6">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F43" s="6">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G43" s="6">
-        <v>197</v>
+        <v>126</v>
       </c>
       <c r="H43" s="6">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I43" s="7">
-        <v>739</v>
+        <v>649</v>
       </c>
     </row>
     <row r="44" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="6">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="C44" s="6">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="D44" s="6">
-        <v>630</v>
+        <v>676</v>
       </c>
       <c r="E44" s="6">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F44" s="6">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="G44" s="6">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="H44" s="6">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I44" s="7">
-        <v>949</v>
+        <v>971</v>
       </c>
     </row>
     <row r="45" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C45" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D45" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E45" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F45" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G45" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H45" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I45" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="46" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A46" s="8"/>
       <c r="B46" s="9"/>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
     </row>
     <row r="47" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="48" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="49" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A49" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B49" s="6">
-        <v>144</v>
+        <v>170</v>
       </c>
       <c r="C49" s="6">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D49" s="6">
-        <v>694</v>
+        <v>739</v>
       </c>
       <c r="E49" s="6">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="F49" s="6">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="G49" s="6">
-        <v>303</v>
+        <v>212</v>
       </c>
       <c r="H49" s="6">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I49" s="7">
-        <v>1718</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="50" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B50" s="6">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C50" s="6">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D50" s="6">
-        <v>145</v>
+        <v>119</v>
       </c>
       <c r="E50" s="6">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F50" s="6">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="G50" s="6">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H50" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I50" s="7">
-        <v>346</v>
+        <v>265</v>
       </c>
     </row>
     <row r="51" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C51" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D51" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E51" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F51" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G51" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H51" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I51" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="52" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A52" s="8"/>
       <c r="B52" s="9"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="9"/>
       <c r="F52" s="9"/>
       <c r="G52" s="9"/>
       <c r="H52" s="9"/>
       <c r="I52" s="9"/>
     </row>
     <row r="53" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="54" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A54" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="55" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B55" s="6">
+        <v>5</v>
+      </c>
+      <c r="C55" s="6">
         <v>7</v>
       </c>
-      <c r="C55" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="6">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="E55" s="6">
+        <v>3</v>
+      </c>
+      <c r="F55" s="6">
+        <v>1</v>
+      </c>
+      <c r="G55" s="6">
         <v>7</v>
       </c>
-      <c r="F55" s="6">
-[...5 lines deleted...]
-      <c r="H55" s="6"/>
+      <c r="H55" s="6">
+        <v>1</v>
+      </c>
       <c r="I55" s="7">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B56" s="6">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="C56" s="6">
-        <v>181</v>
+        <v>160</v>
       </c>
       <c r="D56" s="6">
-        <v>470</v>
+        <v>495</v>
       </c>
       <c r="E56" s="6">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F56" s="6">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="G56" s="6">
-        <v>193</v>
+        <v>138</v>
       </c>
       <c r="H56" s="6">
         <v>19</v>
       </c>
       <c r="I56" s="7">
-        <v>1113</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="57" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B57" s="6">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C57" s="6">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="D57" s="6">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E57" s="6">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F57" s="6">
         <v>24</v>
       </c>
       <c r="G57" s="6">
-        <v>145</v>
+        <v>77</v>
       </c>
       <c r="H57" s="6">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I57" s="7">
-        <v>611</v>
+        <v>566</v>
       </c>
     </row>
     <row r="58" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B58" s="6">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C58" s="6">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D58" s="6">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E58" s="6">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F58" s="6">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G58" s="6">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="H58" s="6">
         <v>2</v>
       </c>
       <c r="I58" s="7">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row r="59" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A59" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C59" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D59" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E59" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F59" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G59" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H59" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I59" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="60" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A60" s="8"/>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
       <c r="G60" s="9"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
     </row>
     <row r="61" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="62" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A62" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="63" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A63" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B63" s="6">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="C63" s="6">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="D63" s="6">
-        <v>509</v>
+        <v>540</v>
       </c>
       <c r="E63" s="6">
-        <v>144</v>
+        <v>127</v>
       </c>
       <c r="F63" s="6">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="G63" s="6">
-        <v>263</v>
+        <v>184</v>
       </c>
       <c r="H63" s="6">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I63" s="7">
-        <v>1357</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="64" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A64" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B64" s="6">
         <v>49</v>
       </c>
       <c r="C64" s="6">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="D64" s="6">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="E64" s="6">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F64" s="6">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G64" s="6">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="H64" s="6">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I64" s="7">
-        <v>699</v>
+        <v>616</v>
       </c>
     </row>
     <row r="65" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A65" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B65" s="6"/>
-      <c r="C65" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="C65" s="6"/>
       <c r="D65" s="6">
         <v>3</v>
       </c>
       <c r="E65" s="6">
         <v>1</v>
       </c>
       <c r="F65" s="6"/>
       <c r="G65" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H65" s="6"/>
       <c r="I65" s="7">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A66" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="7">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="C66" s="7">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D66" s="7">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="E66" s="7">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F66" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G66" s="7">
-        <v>388</v>
+        <v>256</v>
       </c>
       <c r="H66" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I66" s="7">
-        <v>2064</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="67" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A67" s="8"/>
       <c r="B67" s="9"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="9"/>
       <c r="F67" s="9"/>
       <c r="G67" s="9"/>
       <c r="H67" s="9"/>
       <c r="I67" s="9"/>
     </row>
     <row r="68" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
     <row r="69" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A69" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B69" s="11"/>
       <c r="C69" s="11"/>
       <c r="D69" s="11"/>
       <c r="E69" s="11"/>
       <c r="F69" s="11"/>
       <c r="G69" s="11"/>
       <c r="H69" s="11"/>