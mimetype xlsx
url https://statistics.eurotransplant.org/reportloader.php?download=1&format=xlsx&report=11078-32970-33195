--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -93,54 +93,54 @@
   <si>
     <t>Reported</t>
   </si>
   <si>
     <t>Not offered</t>
   </si>
   <si>
     <t>Offered</t>
   </si>
   <si>
     <t>Not accepted</t>
   </si>
   <si>
     <t>Accepted</t>
   </si>
   <si>
     <t>Not transplanted</t>
   </si>
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Not used</t>
   </si>
   <si>
-    <t>Kidney donation, deceased donors in 2025 (Jan-Sep), by country, by allocation phase</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 1133P_2025_kidney : 06.10.2025 : by donor registration date</t>
+    <t>Kidney donation, deceased donors in 2025 (Jan-Oct), by country, by allocation phase</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 1133P_2025_kidney : 06.11.2025 : by donor registration date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -338,664 +338,672 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="6">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="C4" s="6">
-        <v>363</v>
+        <v>401</v>
       </c>
       <c r="D4" s="6">
-        <v>781</v>
+        <v>871</v>
       </c>
       <c r="E4" s="6">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="F4" s="6">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="G4" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H4" s="6">
-        <v>279</v>
+        <v>307</v>
       </c>
       <c r="I4" s="6">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="J4" s="6">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="K4" s="6">
-        <v>2034</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="8">
         <v>7</v>
       </c>
       <c r="C5" s="8">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="D5" s="8">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="E5" s="8">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F5" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G5" s="8">
         <v>1</v>
       </c>
       <c r="H5" s="8">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I5" s="8">
         <v>1</v>
       </c>
       <c r="J5" s="8">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="K5" s="6">
-        <v>423</v>
+        <v>462</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="6">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="C6" s="6">
-        <v>259</v>
+        <v>286</v>
       </c>
       <c r="D6" s="6">
-        <v>706</v>
+        <v>789</v>
       </c>
       <c r="E6" s="6">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F6" s="6">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="G6" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H6" s="6">
-        <v>252</v>
+        <v>278</v>
       </c>
       <c r="I6" s="6">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="J6" s="6">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K6" s="6">
-        <v>1611</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="6">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C7" s="6">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D7" s="6">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="E7" s="6">
         <v>11</v>
       </c>
       <c r="F7" s="6">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G7" s="6">
         <v>1</v>
       </c>
       <c r="H7" s="6">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I7" s="6">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="J7" s="6">
         <v>14</v>
       </c>
       <c r="K7" s="6">
-        <v>280</v>
+        <v>318</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="8">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" s="8">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D8" s="8">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="E8" s="8">
         <v>13</v>
       </c>
       <c r="F8" s="8">
         <v>13</v>
       </c>
-      <c r="G8" s="8"/>
+      <c r="G8" s="8">
+        <v>1</v>
+      </c>
       <c r="H8" s="8">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I8" s="8">
         <v>4</v>
       </c>
-      <c r="J8" s="8"/>
+      <c r="J8" s="8">
+        <v>1</v>
+      </c>
       <c r="K8" s="6">
-        <v>186</v>
+        <v>201</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="8">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="C9" s="8">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="D9" s="8">
-        <v>524</v>
+        <v>583</v>
       </c>
       <c r="E9" s="8">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="F9" s="8">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="8">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="I9" s="8">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="J9" s="8">
         <v>1</v>
       </c>
       <c r="K9" s="6">
-        <v>1145</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C10" s="6">
-        <v>226</v>
+        <v>247</v>
       </c>
       <c r="D10" s="6">
-        <v>600</v>
+        <v>669</v>
       </c>
       <c r="E10" s="6">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="F10" s="6">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G10" s="6"/>
+        <v>63</v>
+      </c>
+      <c r="G10" s="6">
+        <v>1</v>
+      </c>
       <c r="H10" s="6">
-        <v>198</v>
+        <v>219</v>
       </c>
       <c r="I10" s="6">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="J10" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K10" s="6">
-        <v>1331</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="6">
-        <v>352</v>
+        <v>386</v>
       </c>
       <c r="C13" s="6">
-        <v>726</v>
+        <v>802</v>
       </c>
       <c r="D13" s="6">
-        <v>1562</v>
+        <v>1742</v>
       </c>
       <c r="E13" s="6">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="F13" s="6">
-        <v>164</v>
+        <v>190</v>
       </c>
       <c r="G13" s="6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H13" s="6">
-        <v>558</v>
+        <v>614</v>
       </c>
       <c r="I13" s="6">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="J13" s="6">
-        <v>374</v>
+        <v>406</v>
       </c>
       <c r="K13" s="6">
-        <v>4068</v>
+        <v>4506</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="8">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C14" s="8">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="D14" s="8">
-        <v>170</v>
+        <v>184</v>
       </c>
       <c r="E14" s="8">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F14" s="8">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G14" s="8">
         <v>2</v>
       </c>
       <c r="H14" s="8">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I14" s="8">
         <v>2</v>
       </c>
       <c r="J14" s="8">
-        <v>349</v>
+        <v>380</v>
       </c>
       <c r="K14" s="6">
-        <v>888</v>
+        <v>970</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="6">
-        <v>334</v>
+        <v>366</v>
       </c>
       <c r="C15" s="6">
-        <v>511</v>
+        <v>564</v>
       </c>
       <c r="D15" s="6">
-        <v>1392</v>
+        <v>1558</v>
       </c>
       <c r="E15" s="6">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="F15" s="6">
-        <v>137</v>
+        <v>161</v>
       </c>
       <c r="G15" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H15" s="6">
-        <v>500</v>
+        <v>552</v>
       </c>
       <c r="I15" s="6">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="J15" s="6">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K15" s="6">
-        <v>3180</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>0</v>
       </c>
       <c r="C16" s="8">
         <v>4</v>
       </c>
       <c r="D16" s="8">
         <v>0</v>
       </c>
       <c r="E16" s="8">
         <v>0</v>
       </c>
       <c r="F16" s="8">
         <v>0</v>
       </c>
       <c r="G16" s="8">
         <v>0</v>
       </c>
       <c r="H16" s="8">
         <v>0</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="8">
         <v>11</v>
       </c>
       <c r="K16" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="6">
-        <v>334</v>
+        <v>366</v>
       </c>
       <c r="C17" s="6">
-        <v>507</v>
+        <v>560</v>
       </c>
       <c r="D17" s="6">
-        <v>1392</v>
+        <v>1558</v>
       </c>
       <c r="E17" s="6">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="F17" s="6">
-        <v>137</v>
+        <v>161</v>
       </c>
       <c r="G17" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H17" s="6">
-        <v>500</v>
+        <v>552</v>
       </c>
       <c r="I17" s="6">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="J17" s="6">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K17" s="6">
-        <v>3165</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="8">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C18" s="8">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D18" s="8">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="E18" s="8">
         <v>4</v>
       </c>
       <c r="F18" s="8">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G18" s="8">
         <v>0</v>
       </c>
       <c r="H18" s="8">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="I18" s="8">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="J18" s="8">
         <v>12</v>
       </c>
       <c r="K18" s="6">
-        <v>288</v>
+        <v>328</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="6">
-        <v>314</v>
+        <v>342</v>
       </c>
       <c r="C19" s="6">
-        <v>474</v>
+        <v>523</v>
       </c>
       <c r="D19" s="6">
-        <v>1248</v>
+        <v>1396</v>
       </c>
       <c r="E19" s="6">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="F19" s="6">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="G19" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H19" s="6">
-        <v>460</v>
+        <v>508</v>
       </c>
       <c r="I19" s="6">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="J19" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K19" s="6">
-        <v>2877</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="8">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C20" s="8">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="D20" s="8">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="E20" s="8">
         <v>30</v>
       </c>
       <c r="F20" s="8">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G20" s="8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H20" s="8">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I20" s="8">
         <v>13</v>
       </c>
       <c r="J20" s="8">
         <v>0</v>
       </c>
       <c r="K20" s="6">
-        <v>401</v>
+        <v>448</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="6">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="C21" s="6">
-        <v>411</v>
+        <v>450</v>
       </c>
       <c r="D21" s="6">
-        <v>1124</v>
+        <v>1252</v>
       </c>
       <c r="E21" s="6">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="F21" s="6">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="G21" s="6"/>
+        <v>113</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1</v>
+      </c>
       <c r="H21" s="6">
-        <v>376</v>
+        <v>419</v>
       </c>
       <c r="I21" s="6">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="J21" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K21" s="6">
-        <v>2476</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="6">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C22" s="6">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="D22" s="6">
-        <v>268</v>
+        <v>306</v>
       </c>
       <c r="E22" s="6">
         <v>34</v>
       </c>
       <c r="F22" s="6">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G22" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H22" s="6">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I22" s="6">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="J22" s="6">
         <v>23</v>
       </c>
       <c r="K22" s="6">
-        <v>704</v>
+        <v>791</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A24" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>
       <c r="G24" s="10"/>
       <c r="H24" s="10"/>
       <c r="I24" s="10"/>
       <c r="J24" s="10"/>
       <c r="K24" s="10"/>
       <c r="L24" s="10"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A24:L24"/>
   </mergeCells>