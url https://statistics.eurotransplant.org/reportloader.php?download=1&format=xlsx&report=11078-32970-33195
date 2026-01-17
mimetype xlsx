--- v1 (2025-11-23)
+++ v2 (2026-01-17)
@@ -93,54 +93,54 @@
   <si>
     <t>Reported</t>
   </si>
   <si>
     <t>Not offered</t>
   </si>
   <si>
     <t>Offered</t>
   </si>
   <si>
     <t>Not accepted</t>
   </si>
   <si>
     <t>Accepted</t>
   </si>
   <si>
     <t>Not transplanted</t>
   </si>
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Not used</t>
   </si>
   <si>
-    <t>Kidney donation, deceased donors in 2025 (Jan-Oct), by country, by allocation phase</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 1133P_2025_kidney : 06.11.2025 : by donor registration date</t>
+    <t>Kidney donation, deceased donors in 2025 (Jan-Nov), by country, by allocation phase</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 1133P_2025_kidney : 08.12.2025 : by donor registration date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -338,672 +338,672 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="6">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="C4" s="6">
-        <v>401</v>
+        <v>433</v>
       </c>
       <c r="D4" s="6">
-        <v>871</v>
+        <v>958</v>
       </c>
       <c r="E4" s="6">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="F4" s="6">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="G4" s="6">
         <v>3</v>
       </c>
       <c r="H4" s="6">
-        <v>307</v>
+        <v>340</v>
       </c>
       <c r="I4" s="6">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="J4" s="6">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="K4" s="6">
-        <v>2253</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="8">
         <v>7</v>
       </c>
       <c r="C5" s="8">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="D5" s="8">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="E5" s="8">
         <v>26</v>
       </c>
       <c r="F5" s="8">
         <v>14</v>
       </c>
       <c r="G5" s="8">
         <v>1</v>
       </c>
       <c r="H5" s="8">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I5" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J5" s="8">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="K5" s="6">
-        <v>462</v>
+        <v>498</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="6">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="C6" s="6">
-        <v>286</v>
+        <v>307</v>
       </c>
       <c r="D6" s="6">
-        <v>789</v>
+        <v>868</v>
       </c>
       <c r="E6" s="6">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="F6" s="6">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="G6" s="6">
         <v>2</v>
       </c>
       <c r="H6" s="6">
-        <v>278</v>
+        <v>310</v>
       </c>
       <c r="I6" s="6">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="J6" s="6">
         <v>16</v>
       </c>
       <c r="K6" s="6">
-        <v>1791</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="6">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" s="6">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D7" s="6">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E7" s="6">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F7" s="6">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G7" s="6">
         <v>1</v>
       </c>
       <c r="H7" s="6">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I7" s="6">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J7" s="6">
         <v>14</v>
       </c>
       <c r="K7" s="6">
-        <v>318</v>
+        <v>337</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="8">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="8">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D8" s="8">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="E8" s="8">
         <v>13</v>
       </c>
       <c r="F8" s="8">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" s="8">
         <v>1</v>
       </c>
       <c r="H8" s="8">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="I8" s="8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J8" s="8">
         <v>1</v>
       </c>
       <c r="K8" s="6">
-        <v>201</v>
+        <v>222</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="8">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="C9" s="8">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="D9" s="8">
-        <v>583</v>
+        <v>651</v>
       </c>
       <c r="E9" s="8">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="F9" s="8">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="8">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="I9" s="8">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J9" s="8">
         <v>1</v>
       </c>
       <c r="K9" s="6">
-        <v>1272</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="C10" s="6">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="D10" s="6">
-        <v>669</v>
+        <v>743</v>
       </c>
       <c r="E10" s="6">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="F10" s="6">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G10" s="6">
         <v>1</v>
       </c>
       <c r="H10" s="6">
-        <v>219</v>
+        <v>246</v>
       </c>
       <c r="I10" s="6">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J10" s="6">
         <v>2</v>
       </c>
       <c r="K10" s="6">
-        <v>1473</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="6">
-        <v>386</v>
+        <v>422</v>
       </c>
       <c r="C13" s="6">
-        <v>802</v>
+        <v>866</v>
       </c>
       <c r="D13" s="6">
-        <v>1742</v>
+        <v>1916</v>
       </c>
       <c r="E13" s="6">
-        <v>270</v>
+        <v>298</v>
       </c>
       <c r="F13" s="6">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="G13" s="6">
         <v>6</v>
       </c>
       <c r="H13" s="6">
-        <v>614</v>
+        <v>680</v>
       </c>
       <c r="I13" s="6">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="J13" s="6">
-        <v>406</v>
+        <v>436</v>
       </c>
       <c r="K13" s="6">
-        <v>4506</v>
+        <v>4924</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>20</v>
       </c>
       <c r="C14" s="8">
-        <v>238</v>
+        <v>260</v>
       </c>
       <c r="D14" s="8">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="E14" s="8">
         <v>53</v>
       </c>
       <c r="F14" s="8">
         <v>29</v>
       </c>
       <c r="G14" s="8">
         <v>2</v>
       </c>
       <c r="H14" s="8">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I14" s="8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J14" s="8">
-        <v>380</v>
+        <v>410</v>
       </c>
       <c r="K14" s="6">
-        <v>970</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="6">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="C15" s="6">
-        <v>564</v>
+        <v>606</v>
       </c>
       <c r="D15" s="6">
-        <v>1558</v>
+        <v>1716</v>
       </c>
       <c r="E15" s="6">
-        <v>217</v>
+        <v>245</v>
       </c>
       <c r="F15" s="6">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="G15" s="6">
         <v>4</v>
       </c>
       <c r="H15" s="6">
-        <v>552</v>
+        <v>615</v>
       </c>
       <c r="I15" s="6">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="J15" s="6">
         <v>26</v>
       </c>
       <c r="K15" s="6">
-        <v>3536</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>0</v>
       </c>
       <c r="C16" s="8">
         <v>4</v>
       </c>
       <c r="D16" s="8">
         <v>0</v>
       </c>
       <c r="E16" s="8">
         <v>0</v>
       </c>
       <c r="F16" s="8">
         <v>0</v>
       </c>
       <c r="G16" s="8">
         <v>0</v>
       </c>
       <c r="H16" s="8">
         <v>0</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="8">
         <v>11</v>
       </c>
       <c r="K16" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="6">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="C17" s="6">
-        <v>560</v>
+        <v>602</v>
       </c>
       <c r="D17" s="6">
-        <v>1558</v>
+        <v>1716</v>
       </c>
       <c r="E17" s="6">
-        <v>217</v>
+        <v>245</v>
       </c>
       <c r="F17" s="6">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="G17" s="6">
         <v>4</v>
       </c>
       <c r="H17" s="6">
-        <v>552</v>
+        <v>615</v>
       </c>
       <c r="I17" s="6">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="J17" s="6">
         <v>15</v>
       </c>
       <c r="K17" s="6">
-        <v>3521</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="8">
         <v>24</v>
       </c>
       <c r="C18" s="8">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D18" s="8">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="E18" s="8">
         <v>4</v>
       </c>
       <c r="F18" s="8">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G18" s="8">
         <v>0</v>
       </c>
       <c r="H18" s="8">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I18" s="8">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="J18" s="8">
         <v>12</v>
       </c>
       <c r="K18" s="6">
-        <v>328</v>
+        <v>344</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="6">
-        <v>342</v>
+        <v>378</v>
       </c>
       <c r="C19" s="6">
-        <v>523</v>
+        <v>564</v>
       </c>
       <c r="D19" s="6">
-        <v>1396</v>
+        <v>1547</v>
       </c>
       <c r="E19" s="6">
-        <v>213</v>
+        <v>241</v>
       </c>
       <c r="F19" s="6">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="G19" s="6">
         <v>4</v>
       </c>
       <c r="H19" s="6">
-        <v>508</v>
+        <v>566</v>
       </c>
       <c r="I19" s="6">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="J19" s="6">
         <v>3</v>
       </c>
       <c r="K19" s="6">
-        <v>3193</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="8">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C20" s="8">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="D20" s="8">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E20" s="8">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F20" s="8">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G20" s="8">
         <v>3</v>
       </c>
       <c r="H20" s="8">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="I20" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J20" s="8">
         <v>0</v>
       </c>
       <c r="K20" s="6">
-        <v>448</v>
+        <v>490</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="6">
-        <v>272</v>
+        <v>305</v>
       </c>
       <c r="C21" s="6">
-        <v>450</v>
+        <v>483</v>
       </c>
       <c r="D21" s="6">
-        <v>1252</v>
+        <v>1394</v>
       </c>
       <c r="E21" s="6">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="F21" s="6">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="G21" s="6">
         <v>1</v>
       </c>
       <c r="H21" s="6">
-        <v>419</v>
+        <v>465</v>
       </c>
       <c r="I21" s="6">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="J21" s="6">
         <v>3</v>
       </c>
       <c r="K21" s="6">
-        <v>2745</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="6">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C22" s="6">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="D22" s="6">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="E22" s="6">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F22" s="6">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G22" s="6">
         <v>3</v>
       </c>
       <c r="H22" s="6">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="I22" s="6">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="J22" s="6">
         <v>23</v>
       </c>
       <c r="K22" s="6">
-        <v>791</v>
+        <v>849</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A24" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>
       <c r="G24" s="10"/>
       <c r="H24" s="10"/>
       <c r="I24" s="10"/>
       <c r="J24" s="10"/>
       <c r="K24" s="10"/>
       <c r="L24" s="10"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A24:L24"/>
   </mergeCells>