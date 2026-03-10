--- v2 (2026-01-17)
+++ v3 (2026-03-10)
@@ -93,54 +93,54 @@
   <si>
     <t>Reported</t>
   </si>
   <si>
     <t>Not offered</t>
   </si>
   <si>
     <t>Offered</t>
   </si>
   <si>
     <t>Not accepted</t>
   </si>
   <si>
     <t>Accepted</t>
   </si>
   <si>
     <t>Not transplanted</t>
   </si>
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Not used</t>
   </si>
   <si>
-    <t>Kidney donation, deceased donors in 2025 (Jan-Nov), by country, by allocation phase</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 1133P_2025_kidney : 08.12.2025 : by donor registration date</t>
+    <t>Kidney donation, deceased donors in 2026 (Jan-Feb), by country, by allocation phase</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 1133P_2026_kidney : 09.03.2026 : by donor registration date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -338,672 +338,636 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="6">
-        <v>211</v>
+        <v>41</v>
       </c>
       <c r="C4" s="6">
-        <v>433</v>
+        <v>71</v>
       </c>
       <c r="D4" s="6">
-        <v>958</v>
+        <v>208</v>
       </c>
       <c r="E4" s="6">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="F4" s="6">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G4" s="6"/>
       <c r="H4" s="6">
-        <v>340</v>
+        <v>73</v>
       </c>
       <c r="I4" s="6">
-        <v>49</v>
+        <v>5</v>
       </c>
       <c r="J4" s="6">
-        <v>218</v>
+        <v>45</v>
       </c>
       <c r="K4" s="6">
-        <v>2462</v>
+        <v>484</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="8">
+        <v>5</v>
+      </c>
+      <c r="C5" s="8">
+        <v>24</v>
+      </c>
+      <c r="D5" s="8">
+        <v>24</v>
+      </c>
+      <c r="E5" s="8">
+        <v>3</v>
+      </c>
+      <c r="F5" s="8">
+        <v>3</v>
+      </c>
+      <c r="G5" s="8"/>
+      <c r="H5" s="8">
         <v>7</v>
       </c>
-      <c r="C5" s="8">
-[...16 lines deleted...]
-      </c>
       <c r="I5" s="8">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J5" s="8">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="K5" s="6">
-        <v>498</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="6">
-        <v>204</v>
+        <v>36</v>
       </c>
       <c r="C6" s="6">
-        <v>307</v>
+        <v>47</v>
       </c>
       <c r="D6" s="6">
-        <v>868</v>
+        <v>184</v>
       </c>
       <c r="E6" s="6">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="F6" s="6">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G6" s="6"/>
       <c r="H6" s="6">
-        <v>310</v>
+        <v>66</v>
       </c>
       <c r="I6" s="6">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="J6" s="6">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="K6" s="6">
-        <v>1964</v>
+        <v>376</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="6">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="C7" s="6">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="D7" s="6">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="E7" s="6">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7" s="6">
+        <v>0</v>
+      </c>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6">
+        <v>9</v>
+      </c>
+      <c r="I7" s="6">
         <v>1</v>
       </c>
-      <c r="H7" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="J7" s="6">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="K7" s="6">
-        <v>337</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="8">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C8" s="8">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="D8" s="8">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="E8" s="8">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F8" s="8">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="G8" s="8"/>
       <c r="H8" s="8">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="I8" s="8"/>
       <c r="J8" s="8">
         <v>1</v>
       </c>
       <c r="K8" s="6">
-        <v>222</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="8">
-        <v>142</v>
+        <v>23</v>
       </c>
       <c r="C9" s="8">
-        <v>218</v>
+        <v>34</v>
       </c>
       <c r="D9" s="8">
-        <v>651</v>
+        <v>140</v>
       </c>
       <c r="E9" s="8">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="F9" s="8">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="8">
-        <v>219</v>
+        <v>47</v>
       </c>
       <c r="I9" s="8">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="J9" s="8"/>
       <c r="K9" s="6">
-        <v>1405</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6">
-        <v>163</v>
+        <v>27</v>
       </c>
       <c r="C10" s="6">
-        <v>265</v>
+        <v>41</v>
       </c>
       <c r="D10" s="6">
-        <v>743</v>
+        <v>165</v>
       </c>
       <c r="E10" s="6">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="F10" s="6">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G10" s="6">
+        <v>14</v>
+      </c>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6">
+        <v>57</v>
+      </c>
+      <c r="I10" s="6">
+        <v>4</v>
+      </c>
+      <c r="J10" s="6">
         <v>1</v>
       </c>
-      <c r="H10" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="K10" s="6">
-        <v>1627</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="6">
-        <v>422</v>
+        <v>82</v>
       </c>
       <c r="C13" s="6">
-        <v>866</v>
+        <v>142</v>
       </c>
       <c r="D13" s="6">
-        <v>1916</v>
+        <v>416</v>
       </c>
       <c r="E13" s="6">
-        <v>298</v>
+        <v>48</v>
       </c>
       <c r="F13" s="6">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G13" s="6"/>
       <c r="H13" s="6">
-        <v>680</v>
+        <v>146</v>
       </c>
       <c r="I13" s="6">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="J13" s="6">
-        <v>436</v>
+        <v>90</v>
       </c>
       <c r="K13" s="6">
-        <v>4924</v>
+        <v>968</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="8">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C14" s="8">
-        <v>260</v>
+        <v>50</v>
       </c>
       <c r="D14" s="8">
-        <v>200</v>
+        <v>53</v>
       </c>
       <c r="E14" s="8">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="F14" s="8">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="G14" s="8"/>
       <c r="H14" s="8">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="I14" s="8">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J14" s="8">
-        <v>410</v>
+        <v>85</v>
       </c>
       <c r="K14" s="6">
-        <v>1043</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="6">
-        <v>402</v>
+        <v>71</v>
       </c>
       <c r="C15" s="6">
-        <v>606</v>
+        <v>92</v>
       </c>
       <c r="D15" s="6">
-        <v>1716</v>
+        <v>363</v>
       </c>
       <c r="E15" s="6">
-        <v>245</v>
+        <v>42</v>
       </c>
       <c r="F15" s="6">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="G15" s="6"/>
       <c r="H15" s="6">
-        <v>615</v>
+        <v>132</v>
       </c>
       <c r="I15" s="6">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="J15" s="6">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="K15" s="6">
-        <v>3881</v>
+        <v>743</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>0</v>
       </c>
       <c r="C16" s="8">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D16" s="8">
         <v>0</v>
       </c>
       <c r="E16" s="8">
         <v>0</v>
       </c>
       <c r="F16" s="8">
         <v>0</v>
       </c>
-      <c r="G16" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="G16" s="8"/>
       <c r="H16" s="8">
         <v>0</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="8">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="K16" s="6">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="6">
-        <v>402</v>
+        <v>71</v>
       </c>
       <c r="C17" s="6">
-        <v>602</v>
+        <v>92</v>
       </c>
       <c r="D17" s="6">
-        <v>1716</v>
+        <v>363</v>
       </c>
       <c r="E17" s="6">
-        <v>245</v>
+        <v>42</v>
       </c>
       <c r="F17" s="6">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="G17" s="6"/>
       <c r="H17" s="6">
-        <v>615</v>
+        <v>132</v>
       </c>
       <c r="I17" s="6">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="J17" s="6">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K17" s="6">
-        <v>3866</v>
+        <v>741</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="8">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="C18" s="8">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="D18" s="8">
-        <v>169</v>
+        <v>32</v>
       </c>
       <c r="E18" s="8">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F18" s="8">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="G18" s="8"/>
       <c r="H18" s="8">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="I18" s="8">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="J18" s="8">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K18" s="6">
-        <v>344</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="6">
-        <v>378</v>
+        <v>69</v>
       </c>
       <c r="C19" s="6">
-        <v>564</v>
+        <v>87</v>
       </c>
       <c r="D19" s="6">
-        <v>1547</v>
+        <v>331</v>
       </c>
       <c r="E19" s="6">
-        <v>241</v>
+        <v>42</v>
       </c>
       <c r="F19" s="6">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="G19" s="6"/>
       <c r="H19" s="6">
-        <v>566</v>
+        <v>130</v>
       </c>
       <c r="I19" s="6">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="J19" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K19" s="6">
-        <v>3522</v>
+        <v>696</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="8">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="C20" s="8">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="D20" s="8">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="E20" s="8">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F20" s="8">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="G20" s="8"/>
       <c r="H20" s="8">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="I20" s="8">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="J20" s="8">
         <v>0</v>
       </c>
       <c r="K20" s="6">
-        <v>490</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="6">
+        <v>50</v>
+      </c>
+      <c r="C21" s="6">
+        <v>75</v>
+      </c>
+      <c r="D21" s="6">
         <v>305</v>
       </c>
-      <c r="C21" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="6">
-        <v>205</v>
+        <v>31</v>
       </c>
       <c r="F21" s="6">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="G21" s="6">
+        <v>26</v>
+      </c>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6">
+        <v>104</v>
+      </c>
+      <c r="I21" s="6">
+        <v>8</v>
+      </c>
+      <c r="J21" s="6">
         <v>1</v>
       </c>
-      <c r="H21" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="K21" s="6">
-        <v>3032</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="6">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="C22" s="6">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="D22" s="6">
-        <v>322</v>
+        <v>58</v>
       </c>
       <c r="E22" s="6">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="F22" s="6">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="G22" s="6"/>
       <c r="H22" s="6">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="I22" s="6">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="J22" s="6">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K22" s="6">
-        <v>849</v>
+        <v>143</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A24" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>
       <c r="G24" s="10"/>
       <c r="H24" s="10"/>
       <c r="I24" s="10"/>
       <c r="J24" s="10"/>
       <c r="K24" s="10"/>
       <c r="L24" s="10"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A24:L24"/>
   </mergeCells>