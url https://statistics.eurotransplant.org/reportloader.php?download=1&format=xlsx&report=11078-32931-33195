--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -96,51 +96,51 @@
   <si>
     <t>Not offered</t>
   </si>
   <si>
     <t>Offered</t>
   </si>
   <si>
     <t>Not accepted</t>
   </si>
   <si>
     <t>Accepted</t>
   </si>
   <si>
     <t>Not transplanted</t>
   </si>
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Not used</t>
   </si>
   <si>
     <t>Kidney donation, deceased donors in 2020, by country, by allocation phase</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1133P_2020_kidney : 10.10.2025 : by donor registration date</t>
+    <t>statistics.eurotransplant.org : 1133P_2020_kidney : 08.12.2025 : by donor registration date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>