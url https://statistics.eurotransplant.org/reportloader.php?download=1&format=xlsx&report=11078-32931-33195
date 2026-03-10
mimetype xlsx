--- v1 (2025-12-26)
+++ v2 (2026-03-10)
@@ -96,51 +96,51 @@
   <si>
     <t>Not offered</t>
   </si>
   <si>
     <t>Offered</t>
   </si>
   <si>
     <t>Not accepted</t>
   </si>
   <si>
     <t>Accepted</t>
   </si>
   <si>
     <t>Not transplanted</t>
   </si>
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Not used</t>
   </si>
   <si>
     <t>Kidney donation, deceased donors in 2020, by country, by allocation phase</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1133P_2020_kidney : 08.12.2025 : by donor registration date</t>
+    <t>statistics.eurotransplant.org : 1133P_2020_kidney : 09.03.2026 : by donor registration date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>