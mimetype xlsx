--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -60,55 +60,55 @@
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
-    <t xml:space="preserve">Waiting list registrations in 2024 (Jan-Sep), by country, by organ
+    <t xml:space="preserve">Waiting list registrations in 2024 (Jan-Oct), by country, by organ
 (for comparison with current year)</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4009P_2024 : 10.10.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4009P_2024 : 06.11.2025 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -347,497 +347,497 @@
       <c r="E3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="6"/>
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="8">
-        <v>322</v>
+        <v>349</v>
       </c>
       <c r="D4" s="8">
-        <v>465</v>
+        <v>531</v>
       </c>
       <c r="E4" s="8">
-        <v>1991</v>
+        <v>2228</v>
       </c>
       <c r="F4" s="8">
-        <v>278</v>
+        <v>317</v>
       </c>
       <c r="G4" s="8">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="H4" s="8">
-        <v>1221</v>
+        <v>1400</v>
       </c>
       <c r="I4" s="8">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="J4" s="9">
-        <v>4479</v>
+        <v>5048</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="8">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D5" s="8">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E5" s="8">
-        <v>381</v>
+        <v>418</v>
       </c>
       <c r="F5" s="8">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="G5" s="8">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H5" s="8">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="I5" s="8">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="J5" s="9">
-        <v>709</v>
+        <v>786</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="8">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D6" s="8">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="E6" s="8">
-        <v>269</v>
+        <v>305</v>
       </c>
       <c r="F6" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G6" s="8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H6" s="8">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="I6" s="8">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J6" s="9">
-        <v>565</v>
+        <v>631</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="6"/>
       <c r="B7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="8">
-        <v>154</v>
+        <v>172</v>
       </c>
       <c r="D7" s="8">
-        <v>314</v>
+        <v>345</v>
       </c>
       <c r="E7" s="8">
-        <v>1144</v>
+        <v>1284</v>
       </c>
       <c r="F7" s="8">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="G7" s="8">
-        <v>163</v>
+        <v>189</v>
       </c>
       <c r="H7" s="8">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="I7" s="8">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="J7" s="9">
-        <v>2112</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="6"/>
       <c r="B8" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="8">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D8" s="8">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E8" s="8">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F8" s="8">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G8" s="8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H8" s="8">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I8" s="8">
         <v>2</v>
       </c>
       <c r="J8" s="9">
-        <v>177</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="10"/>
       <c r="B9" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9">
-        <v>633</v>
+        <v>697</v>
       </c>
       <c r="D9" s="9">
-        <v>956</v>
+        <v>1071</v>
       </c>
       <c r="E9" s="9">
-        <v>3880</v>
+        <v>4340</v>
       </c>
       <c r="F9" s="9">
-        <v>456</v>
+        <v>517</v>
       </c>
       <c r="G9" s="9">
-        <v>352</v>
+        <v>400</v>
       </c>
       <c r="H9" s="9">
-        <v>1634</v>
+        <v>1864</v>
       </c>
       <c r="I9" s="9">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="J9" s="9">
-        <v>8042</v>
+        <v>9034</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="10"/>
       <c r="B10" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="9">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="D10" s="9">
-        <v>902</v>
+        <v>1014</v>
       </c>
       <c r="E10" s="9">
-        <v>3739</v>
+        <v>4180</v>
       </c>
       <c r="F10" s="9">
-        <v>448</v>
+        <v>508</v>
       </c>
       <c r="G10" s="9">
-        <v>335</v>
+        <v>378</v>
       </c>
       <c r="H10" s="9">
-        <v>1597</v>
+        <v>1816</v>
       </c>
       <c r="I10" s="9">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="J10" s="9">
-        <v>7758</v>
+        <v>8705</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2"/>
       <c r="B12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="8">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="D13" s="8">
-        <v>412</v>
+        <v>469</v>
       </c>
       <c r="E13" s="8">
-        <v>1737</v>
+        <v>1947</v>
       </c>
       <c r="F13" s="8">
-        <v>259</v>
+        <v>291</v>
       </c>
       <c r="G13" s="8">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="H13" s="8">
-        <v>1048</v>
+        <v>1200</v>
       </c>
       <c r="I13" s="8">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="J13" s="9">
-        <v>3905</v>
+        <v>4398</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="6"/>
       <c r="B14" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="8">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D14" s="8">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E14" s="8">
-        <v>373</v>
+        <v>408</v>
       </c>
       <c r="F14" s="8">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="G14" s="8">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H14" s="8">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="I14" s="8">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="J14" s="9">
-        <v>693</v>
+        <v>767</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="6"/>
       <c r="B15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="8">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D15" s="8">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="E15" s="8">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F15" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G15" s="8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H15" s="8">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="I15" s="8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J15" s="9">
-        <v>540</v>
+        <v>604</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="6"/>
       <c r="B16" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="8">
-        <v>143</v>
+        <v>157</v>
       </c>
       <c r="D16" s="8">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="E16" s="8">
-        <v>1031</v>
+        <v>1156</v>
       </c>
       <c r="F16" s="8">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="G16" s="8">
-        <v>144</v>
+        <v>167</v>
       </c>
       <c r="H16" s="8">
-        <v>196</v>
+        <v>224</v>
       </c>
       <c r="I16" s="8">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="J16" s="9">
-        <v>1887</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="6"/>
       <c r="B17" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="8">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D17" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E17" s="8">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="F17" s="8">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G17" s="8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H17" s="8">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I17" s="8">
         <v>2</v>
       </c>
       <c r="J17" s="9">
-        <v>162</v>
+        <v>183</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="9">
-        <v>553</v>
+        <v>607</v>
       </c>
       <c r="D18" s="9">
-        <v>851</v>
+        <v>956</v>
       </c>
       <c r="E18" s="9">
-        <v>3491</v>
+        <v>3905</v>
       </c>
       <c r="F18" s="9">
-        <v>425</v>
+        <v>478</v>
       </c>
       <c r="G18" s="9">
-        <v>320</v>
+        <v>364</v>
       </c>
       <c r="H18" s="9">
-        <v>1429</v>
+        <v>1627</v>
       </c>
       <c r="I18" s="9">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="J18" s="9">
-        <v>7187</v>
+        <v>8069</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="10"/>
       <c r="B19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="9">
-        <v>535</v>
+        <v>585</v>
       </c>
       <c r="D19" s="9">
-        <v>815</v>
+        <v>919</v>
       </c>
       <c r="E19" s="9">
-        <v>3382</v>
+        <v>3783</v>
       </c>
       <c r="F19" s="9">
-        <v>419</v>
+        <v>471</v>
       </c>
       <c r="G19" s="9">
-        <v>310</v>
+        <v>351</v>
       </c>
       <c r="H19" s="9">
-        <v>1399</v>
+        <v>1590</v>
       </c>
       <c r="I19" s="9">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="J19" s="9">
-        <v>6975</v>
+        <v>7828</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2"/>
       <c r="B21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2</v>
       </c>
@@ -846,244 +846,244 @@
       </c>
       <c r="F21" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="8">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D22" s="8">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E22" s="8">
-        <v>254</v>
+        <v>281</v>
       </c>
       <c r="F22" s="8">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="G22" s="8">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H22" s="8">
-        <v>173</v>
+        <v>200</v>
       </c>
       <c r="I22" s="8">
         <v>7</v>
       </c>
       <c r="J22" s="9">
-        <v>574</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="6"/>
       <c r="B23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="8">
         <v>3</v>
       </c>
       <c r="D23" s="8">
         <v>2</v>
       </c>
       <c r="E23" s="8">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F23" s="8">
         <v>1</v>
       </c>
       <c r="G23" s="8"/>
       <c r="H23" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I23" s="8">
         <v>1</v>
       </c>
       <c r="J23" s="9">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A24" s="6"/>
       <c r="B24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="8">
         <v>7</v>
       </c>
       <c r="D24" s="8">
         <v>3</v>
       </c>
       <c r="E24" s="8">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8">
         <v>4</v>
       </c>
       <c r="I24" s="8">
         <v>1</v>
       </c>
       <c r="J24" s="9">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="6"/>
       <c r="B25" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="8">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D25" s="8">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E25" s="8">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="F25" s="8">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G25" s="8">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H25" s="8">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I25" s="8">
         <v>4</v>
       </c>
       <c r="J25" s="9">
-        <v>225</v>
+        <v>253</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="6"/>
       <c r="B26" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D26" s="8">
         <v>2</v>
       </c>
       <c r="E26" s="8">
         <v>4</v>
       </c>
       <c r="F26" s="8"/>
       <c r="G26" s="8">
         <v>1</v>
       </c>
       <c r="H26" s="8">
         <v>5</v>
       </c>
       <c r="I26" s="8"/>
       <c r="J26" s="9">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="9">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D27" s="9">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="E27" s="9">
-        <v>389</v>
+        <v>435</v>
       </c>
       <c r="F27" s="9">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="G27" s="9">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H27" s="9">
-        <v>205</v>
+        <v>237</v>
       </c>
       <c r="I27" s="9">
         <v>13</v>
       </c>
       <c r="J27" s="9">
-        <v>855</v>
+        <v>965</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="10"/>
       <c r="B28" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="9">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="D28" s="9">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="E28" s="9">
-        <v>385</v>
+        <v>431</v>
       </c>
       <c r="F28" s="9">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="G28" s="9">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H28" s="9">
-        <v>204</v>
+        <v>236</v>
       </c>
       <c r="I28" s="9">
         <v>13</v>
       </c>
       <c r="J28" s="9">
-        <v>842</v>
+        <v>950</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="14"/>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="16"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>