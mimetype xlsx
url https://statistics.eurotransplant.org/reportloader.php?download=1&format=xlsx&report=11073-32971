--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -60,55 +60,55 @@
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
-    <t xml:space="preserve">Waiting list registrations in 2024 (Jan-Oct), by country, by organ
+    <t xml:space="preserve">Waiting list registrations in 2025 (Jan-Jan), by country, by organ
 (for comparison with current year)</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4009P_2024 : 06.11.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4009P_2025 : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -347,497 +347,475 @@
       <c r="E3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="6"/>
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="8">
-        <v>349</v>
+        <v>28</v>
       </c>
       <c r="D4" s="8">
-        <v>531</v>
+        <v>47</v>
       </c>
       <c r="E4" s="8">
-        <v>2228</v>
+        <v>204</v>
       </c>
       <c r="F4" s="8">
-        <v>317</v>
+        <v>43</v>
       </c>
       <c r="G4" s="8">
-        <v>154</v>
+        <v>14</v>
       </c>
       <c r="H4" s="8">
-        <v>1400</v>
+        <v>149</v>
       </c>
       <c r="I4" s="8">
-        <v>69</v>
+        <v>2</v>
       </c>
       <c r="J4" s="9">
-        <v>5048</v>
+        <v>487</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="8">
-        <v>68</v>
+        <v>6</v>
       </c>
       <c r="D5" s="8">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="E5" s="8">
-        <v>418</v>
+        <v>37</v>
       </c>
       <c r="F5" s="8">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="G5" s="8">
-        <v>46</v>
+        <v>7</v>
       </c>
       <c r="H5" s="8">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="I5" s="8">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="J5" s="9">
-        <v>786</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="8">
-        <v>89</v>
+        <v>4</v>
       </c>
       <c r="D6" s="8">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="E6" s="8">
-        <v>305</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
       <c r="H6" s="8">
-        <v>109</v>
+        <v>12</v>
       </c>
       <c r="I6" s="8">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J6" s="9">
-        <v>631</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="6"/>
       <c r="B7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="8">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="D7" s="8">
-        <v>345</v>
+        <v>28</v>
       </c>
       <c r="E7" s="8">
-        <v>1284</v>
+        <v>116</v>
       </c>
       <c r="F7" s="8">
-        <v>103</v>
+        <v>9</v>
       </c>
       <c r="G7" s="8">
-        <v>189</v>
+        <v>22</v>
       </c>
       <c r="H7" s="8">
-        <v>250</v>
+        <v>18</v>
       </c>
       <c r="I7" s="8">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="J7" s="9">
-        <v>2370</v>
+        <v>214</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="6"/>
       <c r="B8" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C8" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="C8" s="8"/>
       <c r="D8" s="8">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="E8" s="8">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="F8" s="8">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="G8" s="8"/>
       <c r="H8" s="8">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="I8" s="8"/>
       <c r="J8" s="9">
-        <v>199</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="10"/>
       <c r="B9" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9">
-        <v>697</v>
+        <v>57</v>
       </c>
       <c r="D9" s="9">
-        <v>1071</v>
+        <v>98</v>
       </c>
       <c r="E9" s="9">
-        <v>4340</v>
+        <v>415</v>
       </c>
       <c r="F9" s="9">
-        <v>517</v>
+        <v>62</v>
       </c>
       <c r="G9" s="9">
-        <v>400</v>
+        <v>43</v>
       </c>
       <c r="H9" s="9">
-        <v>1864</v>
+        <v>189</v>
       </c>
       <c r="I9" s="9">
-        <v>145</v>
+        <v>11</v>
       </c>
       <c r="J9" s="9">
-        <v>9034</v>
+        <v>875</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="10"/>
       <c r="B10" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="9">
-        <v>669</v>
+        <v>57</v>
       </c>
       <c r="D10" s="9">
-        <v>1014</v>
+        <v>93</v>
       </c>
       <c r="E10" s="9">
-        <v>4180</v>
+        <v>400</v>
       </c>
       <c r="F10" s="9">
-        <v>508</v>
+        <v>60</v>
       </c>
       <c r="G10" s="9">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="H10" s="9">
-        <v>1816</v>
+        <v>187</v>
       </c>
       <c r="I10" s="9">
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="J10" s="9">
-        <v>8705</v>
+        <v>849</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2"/>
       <c r="B12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="8">
-        <v>288</v>
+        <v>25</v>
       </c>
       <c r="D13" s="8">
-        <v>469</v>
+        <v>42</v>
       </c>
       <c r="E13" s="8">
-        <v>1947</v>
+        <v>190</v>
       </c>
       <c r="F13" s="8">
-        <v>291</v>
+        <v>42</v>
       </c>
       <c r="G13" s="8">
-        <v>141</v>
+        <v>14</v>
       </c>
       <c r="H13" s="8">
-        <v>1200</v>
+        <v>125</v>
       </c>
       <c r="I13" s="8">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="J13" s="9">
-        <v>4398</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="6"/>
       <c r="B14" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="8">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="D14" s="8">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E14" s="8">
-        <v>408</v>
+        <v>37</v>
       </c>
       <c r="F14" s="8">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="G14" s="8">
-        <v>46</v>
+        <v>6</v>
       </c>
       <c r="H14" s="8">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="I14" s="8">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="J14" s="9">
-        <v>767</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="6"/>
       <c r="B15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="8">
-        <v>82</v>
+        <v>3</v>
       </c>
       <c r="D15" s="8">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="E15" s="8">
-        <v>293</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F15" s="8"/>
+      <c r="G15" s="8"/>
       <c r="H15" s="8">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="I15" s="8">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J15" s="9">
-        <v>604</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="6"/>
       <c r="B16" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="8">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="D16" s="8">
-        <v>299</v>
+        <v>26</v>
       </c>
       <c r="E16" s="8">
-        <v>1156</v>
+        <v>110</v>
       </c>
       <c r="F16" s="8">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="G16" s="8">
-        <v>167</v>
+        <v>21</v>
       </c>
       <c r="H16" s="8">
-        <v>224</v>
+        <v>15</v>
       </c>
       <c r="I16" s="8">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="J16" s="9">
-        <v>2117</v>
+        <v>201</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="6"/>
       <c r="B17" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="8">
-[...4 lines deleted...]
-      </c>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
       <c r="E17" s="8">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="F17" s="8">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="G17" s="8"/>
       <c r="H17" s="8">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="I17" s="8"/>
       <c r="J17" s="9">
-        <v>183</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="9">
-        <v>607</v>
+        <v>53</v>
       </c>
       <c r="D18" s="9">
-        <v>956</v>
+        <v>90</v>
       </c>
       <c r="E18" s="9">
-        <v>3905</v>
+        <v>391</v>
       </c>
       <c r="F18" s="9">
-        <v>478</v>
+        <v>60</v>
       </c>
       <c r="G18" s="9">
-        <v>364</v>
+        <v>41</v>
       </c>
       <c r="H18" s="9">
-        <v>1627</v>
+        <v>161</v>
       </c>
       <c r="I18" s="9">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="J18" s="9">
-        <v>8069</v>
+        <v>807</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="10"/>
       <c r="B19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="9">
-        <v>585</v>
+        <v>53</v>
       </c>
       <c r="D19" s="9">
-        <v>919</v>
+        <v>85</v>
       </c>
       <c r="E19" s="9">
-        <v>3783</v>
+        <v>376</v>
       </c>
       <c r="F19" s="9">
-        <v>471</v>
+        <v>58</v>
       </c>
       <c r="G19" s="9">
-        <v>351</v>
+        <v>39</v>
       </c>
       <c r="H19" s="9">
-        <v>1590</v>
+        <v>159</v>
       </c>
       <c r="I19" s="9">
-        <v>129</v>
+        <v>11</v>
       </c>
       <c r="J19" s="9">
-        <v>7828</v>
+        <v>781</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2"/>
       <c r="B21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2</v>
       </c>
@@ -846,244 +824,212 @@
       </c>
       <c r="F21" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="8">
-        <v>61</v>
+        <v>3</v>
       </c>
       <c r="D22" s="8">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="E22" s="8">
-        <v>281</v>
+        <v>14</v>
       </c>
       <c r="F22" s="8">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="G22" s="8"/>
       <c r="H22" s="8">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I22" s="8"/>
       <c r="J22" s="9">
-        <v>650</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="6"/>
       <c r="B23" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C23" s="8">
-[...11 lines deleted...]
-      <c r="G23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="8">
+        <v>1</v>
+      </c>
       <c r="H23" s="8">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="I23" s="8"/>
       <c r="J23" s="9">
-        <v>19</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A24" s="6"/>
       <c r="B24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="8">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D24" s="8">
+        <v>1</v>
+      </c>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
-      <c r="H24" s="8">
+      <c r="H24" s="8"/>
+      <c r="I24" s="8"/>
+      <c r="J24" s="9">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="6"/>
       <c r="B25" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C25" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="C25" s="8"/>
       <c r="D25" s="8">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="E25" s="8">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="F25" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G25" s="8">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="H25" s="8">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="I25" s="8"/>
       <c r="J25" s="9">
-        <v>253</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="6"/>
       <c r="B26" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C26" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="C26" s="8"/>
       <c r="D26" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E26" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F26" s="8"/>
-      <c r="G26" s="8">
-[...4 lines deleted...]
-      </c>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="9">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="9">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="D27" s="9">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="E27" s="9">
-        <v>435</v>
+        <v>24</v>
       </c>
       <c r="F27" s="9">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="G27" s="9">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="H27" s="9">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I27" s="9"/>
       <c r="J27" s="9">
-        <v>965</v>
+        <v>68</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="10"/>
       <c r="B28" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="9">
-        <v>87</v>
+        <v>4</v>
       </c>
       <c r="D28" s="9">
-        <v>112</v>
+        <v>8</v>
       </c>
       <c r="E28" s="9">
-        <v>431</v>
+        <v>24</v>
       </c>
       <c r="F28" s="9">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="G28" s="9">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="H28" s="9">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I28" s="9"/>
       <c r="J28" s="9">
-        <v>950</v>
+        <v>68</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="14"/>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="16"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>