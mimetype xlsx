--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -117,51 +117,51 @@
   <si>
     <t>AM program</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Active kidney-only waiting list (at year end) in 2021, by country, by characteristics</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3013P_2021_kidney : 01.01.2025 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3013P_2021_kidney : 01.01.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -360,95 +360,95 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="6">
         <v>206</v>
       </c>
       <c r="C4" s="6">
         <v>305</v>
       </c>
       <c r="D4" s="6">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="E4" s="6">
         <v>275</v>
       </c>
       <c r="F4" s="6">
         <v>49</v>
       </c>
       <c r="G4" s="6">
         <v>212</v>
       </c>
       <c r="H4" s="6">
         <v>11</v>
       </c>
       <c r="I4" s="7">
-        <v>3377</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="6">
         <v>19</v>
       </c>
       <c r="C5" s="6">
         <v>29</v>
       </c>
       <c r="D5" s="6">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="E5" s="6">
         <v>42</v>
       </c>
       <c r="F5" s="6">
         <v>4</v>
       </c>
       <c r="G5" s="6">
         <v>28</v>
       </c>
       <c r="H5" s="6">
         <v>4</v>
       </c>
       <c r="I5" s="7">
-        <v>443</v>
+        <v>442</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="6">
         <v>87</v>
       </c>
       <c r="C6" s="6">
         <v>168</v>
       </c>
       <c r="D6" s="6">
         <v>944</v>
       </c>
       <c r="E6" s="6">
         <v>162</v>
       </c>
       <c r="F6" s="6">
         <v>33</v>
       </c>
       <c r="G6" s="6">
         <v>174</v>
       </c>
       <c r="H6" s="6">