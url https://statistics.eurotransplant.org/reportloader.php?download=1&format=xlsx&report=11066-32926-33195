--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -117,51 +117,51 @@
   <si>
     <t>AM program</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Active kidney-only waiting list (at year end) in 2021, by country, by characteristics</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3013P_2021_kidney : 01.01.2026 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3013P_2021_kidney : 13.02.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>