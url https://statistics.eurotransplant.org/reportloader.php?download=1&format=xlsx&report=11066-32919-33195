--- v0 (2025-10-20)
+++ v1 (2026-03-10)
@@ -117,51 +117,51 @@
   <si>
     <t>AM program</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Active kidney-only waiting list (at year end) in 2024, by country, by characteristics</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3013P_2024_kidney : 06.03.2025 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3013P_2024_kidney : 13.02.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -363,63 +363,63 @@
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="6">
         <v>205</v>
       </c>
       <c r="C4" s="6">
         <v>310</v>
       </c>
       <c r="D4" s="6">
         <v>2215</v>
       </c>
       <c r="E4" s="6">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F4" s="6">
         <v>69</v>
       </c>
       <c r="G4" s="6">
         <v>281</v>
       </c>
       <c r="H4" s="6">
         <v>23</v>
       </c>
       <c r="I4" s="7">
-        <v>3383</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="6">
         <v>16</v>
       </c>
       <c r="C5" s="6">
         <v>48</v>
       </c>
       <c r="D5" s="6">
         <v>288</v>
       </c>
       <c r="E5" s="6">
         <v>56</v>
       </c>
       <c r="F5" s="6">
         <v>13</v>
       </c>
       <c r="G5" s="6">
         <v>49</v>
       </c>
       <c r="H5" s="6">
@@ -450,63 +450,63 @@
       </c>
       <c r="G6" s="6">
         <v>213</v>
       </c>
       <c r="H6" s="6">
         <v>14</v>
       </c>
       <c r="I6" s="7">
         <v>1650</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6">
         <v>314</v>
       </c>
       <c r="C7" s="6">
         <v>638</v>
       </c>
       <c r="D7" s="6">
         <v>2650</v>
       </c>
       <c r="E7" s="6">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F7" s="6">
         <v>96</v>
       </c>
       <c r="G7" s="6">
         <v>506</v>
       </c>
       <c r="H7" s="6">
         <v>16</v>
       </c>
       <c r="I7" s="7">
-        <v>4494</v>
+        <v>4495</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7">
         <v>641</v>
       </c>
       <c r="C8" s="7">
         <v>1167</v>
       </c>
       <c r="D8" s="7">
         <v>6095</v>
       </c>
       <c r="E8" s="7">
         <v>738</v>
       </c>
       <c r="F8" s="7">
         <v>254</v>
       </c>
       <c r="G8" s="7">
         <v>1049</v>
       </c>
       <c r="H8" s="7">