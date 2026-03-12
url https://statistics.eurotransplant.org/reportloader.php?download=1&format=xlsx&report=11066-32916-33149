--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -39,108 +39,108 @@
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
-    <t>% PRA</t>
-[...8 lines deleted...]
-    <t>85-100%</t>
+    <t>vPRA</t>
+  </si>
+  <si>
+    <t>vPRA=0</t>
+  </si>
+  <si>
+    <t>vPRA&gt;0</t>
   </si>
   <si>
     <t>Not reported</t>
   </si>
   <si>
     <t>Sequence</t>
   </si>
   <si>
     <t>First</t>
   </si>
   <si>
     <t>Repeat</t>
   </si>
   <si>
     <t>Months waiting (on WL)</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-11</t>
   </si>
   <si>
     <t>12-23</t>
   </si>
   <si>
     <t>24+</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>16-55</t>
   </si>
   <si>
     <t>56-64</t>
   </si>
   <si>
+    <t>65+</t>
+  </si>
+  <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
-    <t>Active kidney-pancreas-only waiting list (at year end) in 2015, by country, by characteristics</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 3013P_2015_kidney-pancreas : 01.01.2025 :  excludes patients also waiting for other organs</t>
+    <t>Active kidney-pancreas-only waiting list (at year end) in 2025, by country, by characteristics</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 3013P_2025_kidney-pancreas : 13.02.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -333,873 +333,853 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C4" s="6">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D4" s="6">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="E4" s="6">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F4" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G4" s="6">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="H4" s="6"/>
       <c r="I4" s="7">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="6"/>
+      <c r="B5" s="6">
+        <v>1</v>
+      </c>
       <c r="C5" s="6">
         <v>1</v>
       </c>
       <c r="D5" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E5" s="6"/>
-      <c r="F5" s="6">
-[...7 lines deleted...]
-      </c>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
       <c r="I5" s="7">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C6" s="6">
         <v>4</v>
       </c>
       <c r="D6" s="6">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="E6" s="6">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="F6" s="6"/>
       <c r="G6" s="6">
         <v>2</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="7">
-        <v>48</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6">
+        <v>3</v>
+      </c>
+      <c r="C7" s="6">
         <v>7</v>
       </c>
-      <c r="C7" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="6">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="E7" s="6">
         <v>2</v>
       </c>
       <c r="F7" s="6">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="G7" s="6">
         <v>9</v>
       </c>
       <c r="H7" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I7" s="7">
-        <v>131</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C8" s="7">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D8" s="7">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="E8" s="7">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F8" s="7">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" s="7">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H8" s="7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I8" s="7">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A9" s="8"/>
       <c r="B9" s="9"/>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B12" s="6"/>
       <c r="C12" s="6">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D12" s="6">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="E12" s="6">
+        <v>135</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6">
         <v>10</v>
       </c>
-      <c r="F12" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="6">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="H12" s="6">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I12" s="7">
-        <v>280</v>
+        <v>164</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C13" s="6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D13" s="6">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="F13" s="6"/>
+        <v>65</v>
+      </c>
+      <c r="E13" s="6">
+        <v>1</v>
+      </c>
+      <c r="F13" s="6">
+        <v>2</v>
+      </c>
       <c r="G13" s="6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="7">
-        <v>26</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B14" s="6"/>
-      <c r="C14" s="6"/>
+      <c r="B14" s="6">
+        <v>9</v>
+      </c>
+      <c r="C14" s="6">
+        <v>2</v>
+      </c>
       <c r="D14" s="6">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="E14" s="6">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F14" s="6"/>
-      <c r="G14" s="6"/>
+      <c r="G14" s="6">
+        <v>8</v>
+      </c>
       <c r="H14" s="6"/>
       <c r="I14" s="7">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A15" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="7">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="5" t="s">
+      <c r="C15" s="7">
+        <v>19</v>
+      </c>
+      <c r="D15" s="7">
+        <v>272</v>
+      </c>
+      <c r="E15" s="7">
+        <v>9</v>
+      </c>
+      <c r="F15" s="7">
+        <v>12</v>
+      </c>
+      <c r="G15" s="7">
+        <v>17</v>
+      </c>
+      <c r="H15" s="7">
+        <v>1</v>
+      </c>
+      <c r="I15" s="7">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="16" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A16" s="8"/>
+      <c r="B16" s="9"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="9"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="9"/>
+    </row>
+    <row r="17" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+    <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B15" s="6"/>
-[...10 lines deleted...]
-      <c r="I15" s="7">
+      <c r="B18" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>4</v>
       </c>
-    </row>
-[...40 lines deleted...]
-    <row r="18" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+      <c r="F18" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I18" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
-      <c r="A19" s="2" t="s">
+      <c r="A19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...21 lines deleted...]
-        <v>8</v>
+      <c r="B19" s="6">
+        <v>10</v>
+      </c>
+      <c r="C19" s="6">
+        <v>19</v>
+      </c>
+      <c r="D19" s="6">
+        <v>267</v>
+      </c>
+      <c r="E19" s="6">
+        <v>9</v>
+      </c>
+      <c r="F19" s="6">
+        <v>12</v>
+      </c>
+      <c r="G19" s="6">
+        <v>17</v>
+      </c>
+      <c r="H19" s="6">
+        <v>1</v>
+      </c>
+      <c r="I19" s="7">
+        <v>335</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="6">
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6">
+        <v>5</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A21" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" s="7">
+        <v>10</v>
+      </c>
+      <c r="C21" s="7">
+        <v>19</v>
+      </c>
+      <c r="D21" s="7">
+        <v>272</v>
+      </c>
+      <c r="E21" s="7">
+        <v>9</v>
+      </c>
+      <c r="F21" s="7">
         <v>12</v>
       </c>
-      <c r="C20" s="6">
-[...11 lines deleted...]
-      <c r="G20" s="6">
+      <c r="G21" s="7">
+        <v>17</v>
+      </c>
+      <c r="H21" s="7">
+        <v>1</v>
+      </c>
+      <c r="I21" s="7">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="22" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A22" s="8"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+    </row>
+    <row r="23" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
+    <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A24" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I24" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A25" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B25" s="6">
+        <v>7</v>
+      </c>
+      <c r="C25" s="6">
+        <v>3</v>
+      </c>
+      <c r="D25" s="6">
         <v>30</v>
       </c>
-      <c r="H20" s="6">
-[...80 lines deleted...]
-      <c r="D25" s="3" t="s">
+      <c r="E25" s="6">
+        <v>1</v>
+      </c>
+      <c r="F25" s="6">
         <v>3</v>
       </c>
-      <c r="E25" s="3" t="s">
-[...8 lines deleted...]
-      <c r="H25" s="3" t="s">
+      <c r="G25" s="6">
         <v>7</v>
       </c>
-      <c r="I25" s="4" t="s">
-        <v>8</v>
+      <c r="H25" s="6">
+        <v>1</v>
+      </c>
+      <c r="I25" s="7">
+        <v>52</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C26" s="6">
         <v>3</v>
       </c>
       <c r="D26" s="6">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E26" s="6">
+        <v>5</v>
+      </c>
+      <c r="F26" s="6">
+        <v>1</v>
+      </c>
+      <c r="G26" s="6">
         <v>4</v>
       </c>
-      <c r="F26" s="6">
-[...7 lines deleted...]
-      </c>
+      <c r="H26" s="6"/>
       <c r="I26" s="7">
-        <v>67</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="6">
         <v>2</v>
       </c>
       <c r="C27" s="6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D27" s="6">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="E27" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F27" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G27" s="6">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="H27" s="6"/>
       <c r="I27" s="7">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B28" s="6">
+      <c r="B28" s="6"/>
+      <c r="C28" s="6">
+        <v>5</v>
+      </c>
+      <c r="D28" s="6">
+        <v>126</v>
+      </c>
+      <c r="E28" s="6">
+        <v>1</v>
+      </c>
+      <c r="F28" s="6">
+        <v>4</v>
+      </c>
+      <c r="G28" s="6"/>
+      <c r="H28" s="6"/>
+      <c r="I28" s="7">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="29" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A29" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" s="7">
+        <v>10</v>
+      </c>
+      <c r="C29" s="7">
+        <v>19</v>
+      </c>
+      <c r="D29" s="7">
+        <v>272</v>
+      </c>
+      <c r="E29" s="7">
+        <v>9</v>
+      </c>
+      <c r="F29" s="7">
+        <v>12</v>
+      </c>
+      <c r="G29" s="7">
+        <v>17</v>
+      </c>
+      <c r="H29" s="7">
+        <v>1</v>
+      </c>
+      <c r="I29" s="7">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="30" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A30" s="8"/>
+      <c r="B30" s="9"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="9"/>
+    </row>
+    <row r="31" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+    <row r="32" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A32" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C28" s="6">
-[...63 lines deleted...]
-      <c r="E30" s="7">
+      <c r="H32" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" s="1" customFormat="1" ht="18.1322" customHeight="1">
+      <c r="A33" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" s="6">
+        <v>8</v>
+      </c>
+      <c r="C33" s="6">
+        <v>18</v>
+      </c>
+      <c r="D33" s="6">
+        <v>254</v>
+      </c>
+      <c r="E33" s="6">
+        <v>9</v>
+      </c>
+      <c r="F33" s="6">
         <v>11</v>
       </c>
-      <c r="F30" s="7">
-[...50 lines deleted...]
-        <v>8</v>
+      <c r="G33" s="6">
+        <v>16</v>
+      </c>
+      <c r="H33" s="6">
+        <v>1</v>
+      </c>
+      <c r="I33" s="7">
+        <v>317</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="6">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="C34" s="6">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="D34" s="6">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="E34" s="6"/>
       <c r="F34" s="6">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G34" s="6">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="H34" s="6"/>
       <c r="I34" s="7">
-        <v>293</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A35" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B35" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="B35" s="6"/>
+      <c r="C35" s="6"/>
       <c r="D35" s="6">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="E35" s="6"/>
-      <c r="F35" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
       <c r="H35" s="6"/>
       <c r="I35" s="7">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A36" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="7">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C36" s="7">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D36" s="7">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="E36" s="7">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F36" s="7">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G36" s="7">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H36" s="7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I36" s="7">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A37" s="8"/>
       <c r="B37" s="9"/>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="9"/>
       <c r="F37" s="9"/>
       <c r="G37" s="9"/>
       <c r="H37" s="9"/>
       <c r="I37" s="9"/>
     </row>
     <row r="38" s="1" customFormat="1" ht="1.0666" customHeight="1"/>
     <row r="39" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B40" s="6">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C40" s="6">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D40" s="6">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="E40" s="6">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F40" s="6">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G40" s="6">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H40" s="6">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I40" s="7">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="7">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C41" s="7">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D41" s="7">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="E41" s="7">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F41" s="7">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G41" s="7">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H41" s="7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I41" s="7">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A42" s="8"/>
       <c r="B42" s="9"/>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="9"/>
       <c r="F42" s="9"/>
       <c r="G42" s="9"/>
       <c r="H42" s="9"/>
       <c r="I42" s="9"/>
     </row>
     <row r="43" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
     <row r="44" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A44" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B44" s="11"/>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11"/>
       <c r="F44" s="11"/>
       <c r="G44" s="11"/>
       <c r="H44" s="11"/>