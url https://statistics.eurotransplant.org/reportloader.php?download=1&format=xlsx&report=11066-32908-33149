--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -102,51 +102,51 @@
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>16-55</t>
   </si>
   <si>
     <t>56-64</t>
   </si>
   <si>
     <t>65+</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Special Urgency</t>
   </si>
   <si>
     <t>Active kidney-pancreas-only waiting list (at year end) in 2017, by country, by characteristics</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3013P_2017_kidney-pancreas : 01.01.2025 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3013P_2017_kidney-pancreas : 13.02.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>