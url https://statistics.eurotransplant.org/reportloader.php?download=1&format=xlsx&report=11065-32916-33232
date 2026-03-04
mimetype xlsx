--- v0 (2025-11-07)
+++ v1 (2026-03-04)
@@ -45,54 +45,54 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Deceased donor transplants</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">heart + lungs </t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
     <t>Total all transplants</t>
   </si>
   <si>
-    <t>Heart-lung transplants in 2015, by country, by donor type, by organ combination</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2053P_2015_heart-lung : 10.02.2025 : counting recipient transplants</t>
+    <t>Heart-lung transplants in 2025, by country, by donor type, by organ combination</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2053P_2025_heart-lung : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -367,124 +367,118 @@
       </c>
       <c r="G4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="11"/>
-      <c r="D5" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="D5" s="11"/>
       <c r="E5" s="11">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11">
         <v>1</v>
       </c>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="12">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="14"/>
       <c r="C6" s="12"/>
-      <c r="D6" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="12"/>
       <c r="E6" s="12">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12">
         <v>1</v>
       </c>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A7" s="15"/>
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="12"/>
-      <c r="D8" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="12"/>
       <c r="E8" s="12">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12">
         <v>1</v>
       </c>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="10" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A10" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A10:L10"/>
   </mergeCells>