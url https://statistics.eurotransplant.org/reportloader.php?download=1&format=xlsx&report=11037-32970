--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -60,54 +60,54 @@
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
-    <t>Waiting list registrations in 2025 (Jan-Nov), by country, by organ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">statistics.eurotransplant.org : 4008P_2025 : 08.12.2025 :  Patient registrations for multiple organs are counted for
+    <t>Waiting list registrations in 2026 (Jan-Feb), by country, by organ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">statistics.eurotransplant.org : 4008P_2026 : 09.03.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -314,702 +314,686 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
-        <v>341</v>
+        <v>51</v>
       </c>
       <c r="C4" s="6">
-        <v>550</v>
+        <v>112</v>
       </c>
       <c r="D4" s="6">
-        <v>2421</v>
+        <v>401</v>
       </c>
       <c r="E4" s="6">
-        <v>334</v>
+        <v>77</v>
       </c>
       <c r="F4" s="6">
-        <v>155</v>
+        <v>31</v>
       </c>
       <c r="G4" s="6">
-        <v>1437</v>
+        <v>278</v>
       </c>
       <c r="H4" s="6">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="I4" s="7">
-        <v>5295</v>
+        <v>957</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="C5" s="6">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="D5" s="6">
-        <v>557</v>
+        <v>116</v>
       </c>
       <c r="E5" s="6">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F5" s="6">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="G5" s="6">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="H5" s="6">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="I5" s="7">
-        <v>934</v>
+        <v>193</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="C6" s="6">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D6" s="6">
-        <v>391</v>
+        <v>73</v>
       </c>
       <c r="E6" s="6">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F6" s="6"/>
       <c r="G6" s="6">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="H6" s="6">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I6" s="7">
-        <v>773</v>
+        <v>126</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>172</v>
+        <v>27</v>
       </c>
       <c r="C7" s="6">
-        <v>367</v>
+        <v>57</v>
       </c>
       <c r="D7" s="6">
-        <v>1400</v>
+        <v>229</v>
       </c>
       <c r="E7" s="6">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="F7" s="6">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="G7" s="6">
-        <v>286</v>
+        <v>60</v>
       </c>
       <c r="H7" s="6">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="I7" s="7">
-        <v>2590</v>
+        <v>416</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="C8" s="6">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D8" s="6">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="E8" s="6">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F8" s="6">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G8" s="6">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="H8" s="6"/>
       <c r="I8" s="7">
-        <v>187</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="7">
-        <v>687</v>
+        <v>98</v>
       </c>
       <c r="C9" s="7">
-        <v>1105</v>
+        <v>211</v>
       </c>
       <c r="D9" s="7">
-        <v>4878</v>
+        <v>847</v>
       </c>
       <c r="E9" s="7">
-        <v>531</v>
+        <v>111</v>
       </c>
       <c r="F9" s="7">
-        <v>449</v>
+        <v>67</v>
       </c>
       <c r="G9" s="7">
-        <v>1990</v>
+        <v>379</v>
       </c>
       <c r="H9" s="7">
-        <v>139</v>
+        <v>19</v>
       </c>
       <c r="I9" s="7">
-        <v>9779</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="7">
-        <v>660</v>
+        <v>97</v>
       </c>
       <c r="C10" s="7">
-        <v>1046</v>
+        <v>202</v>
       </c>
       <c r="D10" s="7">
-        <v>4699</v>
+        <v>815</v>
       </c>
       <c r="E10" s="7">
-        <v>518</v>
+        <v>106</v>
       </c>
       <c r="F10" s="7">
-        <v>433</v>
+        <v>64</v>
       </c>
       <c r="G10" s="7">
-        <v>1948</v>
+        <v>375</v>
       </c>
       <c r="H10" s="7">
-        <v>135</v>
+        <v>19</v>
       </c>
       <c r="I10" s="7">
-        <v>9439</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
-        <v>302</v>
+        <v>47</v>
       </c>
       <c r="C13" s="6">
-        <v>491</v>
+        <v>97</v>
       </c>
       <c r="D13" s="6">
-        <v>2138</v>
+        <v>359</v>
       </c>
       <c r="E13" s="6">
-        <v>311</v>
+        <v>74</v>
       </c>
       <c r="F13" s="6">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="G13" s="6">
-        <v>1235</v>
+        <v>237</v>
       </c>
       <c r="H13" s="6">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="I13" s="7">
-        <v>4677</v>
+        <v>849</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="C14" s="6">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="D14" s="6">
-        <v>551</v>
+        <v>113</v>
       </c>
       <c r="E14" s="6">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F14" s="6">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="G14" s="6">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H14" s="6">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="I14" s="7">
-        <v>921</v>
+        <v>188</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6">
-        <v>85</v>
+        <v>8</v>
       </c>
       <c r="C15" s="6">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="D15" s="6">
-        <v>379</v>
+        <v>73</v>
       </c>
       <c r="E15" s="6">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F15" s="6"/>
       <c r="G15" s="6">
-        <v>148</v>
+        <v>20</v>
       </c>
       <c r="H15" s="6">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I15" s="7">
-        <v>750</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
-        <v>153</v>
+        <v>23</v>
       </c>
       <c r="C16" s="6">
-        <v>327</v>
+        <v>52</v>
       </c>
       <c r="D16" s="6">
-        <v>1294</v>
+        <v>195</v>
       </c>
       <c r="E16" s="6">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="F16" s="6">
-        <v>226</v>
+        <v>23</v>
       </c>
       <c r="G16" s="6">
-        <v>258</v>
+        <v>50</v>
       </c>
       <c r="H16" s="6">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I16" s="7">
-        <v>2370</v>
+        <v>356</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="C17" s="6">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D17" s="6">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="E17" s="6">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F17" s="6">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G17" s="6">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="H17" s="6">
         <v>2</v>
       </c>
+      <c r="H17" s="6"/>
       <c r="I17" s="7">
-        <v>175</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
-        <v>623</v>
+        <v>89</v>
       </c>
       <c r="C18" s="7">
-        <v>998</v>
+        <v>189</v>
       </c>
       <c r="D18" s="7">
-        <v>4467</v>
+        <v>767</v>
       </c>
       <c r="E18" s="7">
-        <v>498</v>
+        <v>107</v>
       </c>
       <c r="F18" s="7">
-        <v>423</v>
+        <v>61</v>
       </c>
       <c r="G18" s="7">
-        <v>1753</v>
+        <v>325</v>
       </c>
       <c r="H18" s="7">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="I18" s="7">
-        <v>8893</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
-        <v>604</v>
+        <v>88</v>
       </c>
       <c r="C19" s="7">
-        <v>955</v>
+        <v>182</v>
       </c>
       <c r="D19" s="7">
-        <v>4325</v>
+        <v>739</v>
       </c>
       <c r="E19" s="7">
-        <v>485</v>
+        <v>102</v>
       </c>
       <c r="F19" s="7">
-        <v>412</v>
+        <v>59</v>
       </c>
       <c r="G19" s="7">
-        <v>1723</v>
+        <v>322</v>
       </c>
       <c r="H19" s="7">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="I19" s="7">
-        <v>8633</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="6">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="C22" s="6">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="D22" s="6">
-        <v>283</v>
+        <v>42</v>
       </c>
       <c r="E22" s="6">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="F22" s="6">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G22" s="6">
-        <v>202</v>
+        <v>41</v>
       </c>
       <c r="H22" s="6">
         <v>2</v>
       </c>
       <c r="I22" s="7">
-        <v>618</v>
+        <v>108</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="6"/>
-      <c r="C23" s="6"/>
+      <c r="B23" s="6">
+        <v>1</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1</v>
+      </c>
       <c r="D23" s="6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E23" s="6"/>
-      <c r="F23" s="6">
-[...7 lines deleted...]
-      </c>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+      <c r="H23" s="6"/>
       <c r="I23" s="7">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B24" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="B24" s="6"/>
       <c r="C24" s="6">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="7">
-        <v>23</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="6">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C25" s="6">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="D25" s="6">
-        <v>106</v>
+        <v>34</v>
       </c>
       <c r="E25" s="6">
+        <v>1</v>
+      </c>
+      <c r="F25" s="6">
+        <v>5</v>
+      </c>
+      <c r="G25" s="6">
         <v>10</v>
       </c>
-      <c r="F25" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="H25" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I25" s="7">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="6"/>
-      <c r="C26" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="C26" s="6"/>
       <c r="D26" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="7">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="7">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="C27" s="7">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="D27" s="7">
-        <v>411</v>
+        <v>80</v>
       </c>
       <c r="E27" s="7">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="F27" s="7">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="G27" s="7">
-        <v>237</v>
+        <v>54</v>
       </c>
       <c r="H27" s="7">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I27" s="7">
-        <v>886</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="7">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="C28" s="7">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D28" s="7">
-        <v>404</v>
+        <v>78</v>
       </c>
       <c r="E28" s="7">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="F28" s="7">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="G28" s="7">
-        <v>236</v>
+        <v>54</v>
       </c>
       <c r="H28" s="7">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I28" s="7">
-        <v>872</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>