--- v0 (2025-12-14)
+++ v1 (2026-02-16)
@@ -87,51 +87,51 @@
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Cause of death</t>
   </si>
   <si>
     <t>Accident</t>
   </si>
   <si>
     <t>Natural</t>
   </si>
   <si>
     <t>Suicide</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Deceased heart donors used in 2023, by donor country, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1073P_2023_heart : 10.02.2025</t>
+    <t>statistics.eurotransplant.org : 1073P_2023_heart : 12.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>