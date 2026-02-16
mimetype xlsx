--- v0 (2025-12-19)
+++ v1 (2026-02-16)
@@ -93,51 +93,51 @@
   <si>
     <t>Not offered</t>
   </si>
   <si>
     <t>Offered</t>
   </si>
   <si>
     <t>Not accepted</t>
   </si>
   <si>
     <t>Accepted</t>
   </si>
   <si>
     <t>Not transplanted</t>
   </si>
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Not used</t>
   </si>
   <si>
     <t>Heart donation, deceased donors in 2023, by country, by allocation phase</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1143P_2023_heart : 08.12.2025 : by donor registration date</t>
+    <t>statistics.eurotransplant.org : 1143P_2023_heart : 12.02.2026 : by donor registration date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>