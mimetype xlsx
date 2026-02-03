--- v0 (2025-10-17)
+++ v1 (2026-02-03)
@@ -6,97 +6,97 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="16">
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
   <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Non Related</t>
   </si>
   <si>
     <t>Related</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">Kidney transplants (living donor) in All ET, by year, 
 by donor-recipient relationship</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2022P_All ET_kidney : 10.02.2025 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 2022P_All ET_kidney : 22.01.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -297,152 +297,152 @@
       </c>
       <c r="H3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="4">
-        <v>688</v>
+        <v>659</v>
       </c>
       <c r="D4" s="4">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="E4" s="4">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="F4" s="4">
-        <v>670</v>
+        <v>587</v>
       </c>
       <c r="G4" s="4">
-        <v>587</v>
+        <v>465</v>
       </c>
       <c r="H4" s="4">
-        <v>465</v>
+        <v>521</v>
       </c>
       <c r="I4" s="4">
-        <v>521</v>
+        <v>599</v>
       </c>
       <c r="J4" s="4">
-        <v>599</v>
+        <v>643</v>
       </c>
       <c r="K4" s="4">
-        <v>643</v>
+        <v>671</v>
       </c>
       <c r="L4" s="4">
-        <v>673</v>
+        <v>712</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="4">
-        <v>635</v>
+        <v>679</v>
       </c>
       <c r="D5" s="4">
-        <v>679</v>
+        <v>630</v>
       </c>
       <c r="E5" s="4">
-        <v>630</v>
+        <v>659</v>
       </c>
       <c r="F5" s="4">
-        <v>659</v>
+        <v>596</v>
       </c>
       <c r="G5" s="4">
-        <v>596</v>
+        <v>477</v>
       </c>
       <c r="H5" s="4">
-        <v>477</v>
+        <v>550</v>
       </c>
       <c r="I5" s="4">
-        <v>550</v>
+        <v>633</v>
       </c>
       <c r="J5" s="4">
-        <v>633</v>
+        <v>683</v>
       </c>
       <c r="K5" s="4">
-        <v>683</v>
+        <v>646</v>
       </c>
       <c r="L5" s="4">
-        <v>644</v>
+        <v>671</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="7">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="D6" s="7">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="E6" s="7">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="F6" s="7">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="G6" s="7">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="H6" s="7">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="I6" s="7">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="J6" s="7">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="K6" s="7">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="L6" s="7">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A7" s="8"/>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>