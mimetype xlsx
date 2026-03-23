--- v1 (2026-02-03)
+++ v2 (2026-03-23)
@@ -52,51 +52,51 @@
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Non Related</t>
   </si>
   <si>
     <t>Related</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">Kidney transplants (living donor) in All ET, by year, 
 by donor-recipient relationship</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2022P_All ET_kidney : 22.01.2026 : counting recipient transplants</t>
+    <t>statistics.eurotransplant.org : 2022P_All ET_kidney : 12.02.2026 : counting recipient transplants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -360,89 +360,89 @@
       <c r="D5" s="4">
         <v>630</v>
       </c>
       <c r="E5" s="4">
         <v>659</v>
       </c>
       <c r="F5" s="4">
         <v>596</v>
       </c>
       <c r="G5" s="4">
         <v>477</v>
       </c>
       <c r="H5" s="4">
         <v>550</v>
       </c>
       <c r="I5" s="4">
         <v>633</v>
       </c>
       <c r="J5" s="4">
         <v>683</v>
       </c>
       <c r="K5" s="4">
         <v>646</v>
       </c>
       <c r="L5" s="4">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="7">
         <v>1338</v>
       </c>
       <c r="D6" s="7">
         <v>1294</v>
       </c>
       <c r="E6" s="7">
         <v>1329</v>
       </c>
       <c r="F6" s="7">
         <v>1183</v>
       </c>
       <c r="G6" s="7">
         <v>942</v>
       </c>
       <c r="H6" s="7">
         <v>1071</v>
       </c>
       <c r="I6" s="7">
         <v>1232</v>
       </c>
       <c r="J6" s="7">
         <v>1326</v>
       </c>
       <c r="K6" s="7">
         <v>1317</v>
       </c>
       <c r="L6" s="7">
-        <v>1383</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A7" s="8"/>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>