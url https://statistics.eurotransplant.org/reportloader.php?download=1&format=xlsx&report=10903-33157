--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Transplants pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Transplants (deceased donor), per million population, by year, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2271P_all organs : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2271P_all organs : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,338 +299,338 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>80.2569527099011</v>
+        <v>78.2716246051507</v>
       </c>
       <c r="C4" s="4">
-        <v>78.2716246051507</v>
+        <v>78.5376271035745</v>
       </c>
       <c r="D4" s="4">
-        <v>78.5376271035745</v>
+        <v>78.4378890369108</v>
       </c>
       <c r="E4" s="4">
-        <v>78.4378890369108</v>
+        <v>68.6325140891376</v>
       </c>
       <c r="F4" s="4">
-        <v>68.6325140891376</v>
+        <v>66.9582872339756</v>
       </c>
       <c r="G4" s="4">
-        <v>66.9582872339756</v>
+        <v>66.4975196649063</v>
       </c>
       <c r="H4" s="4">
-        <v>66.4975196649063</v>
+        <v>67.4913455713928</v>
       </c>
       <c r="I4" s="4">
-        <v>67.4913455713928</v>
+        <v>60.8472128681531</v>
       </c>
       <c r="J4" s="4">
-        <v>60.8472128681531</v>
+        <v>60.9253446158046</v>
       </c>
       <c r="K4" s="4">
-        <v>60.9253446158046</v>
+        <v>69.5862975012104</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>80.8025149159841</v>
+        <v>79.8329643305785</v>
       </c>
       <c r="C5" s="4">
-        <v>79.8329643305785</v>
+        <v>82.9829681422043</v>
       </c>
       <c r="D5" s="4">
-        <v>82.9829681422043</v>
+        <v>81.676775958849</v>
       </c>
       <c r="E5" s="4">
-        <v>81.676775958849</v>
+        <v>72.3668652638087</v>
       </c>
       <c r="F5" s="4">
-        <v>72.3668652638087</v>
+        <v>58.9284908404817</v>
       </c>
       <c r="G5" s="4">
-        <v>58.9284908404817</v>
+        <v>64.3890093153761</v>
       </c>
       <c r="H5" s="4">
-        <v>64.3890093153761</v>
+        <v>71.8735665634872</v>
       </c>
       <c r="I5" s="4">
-        <v>71.8735665634872</v>
+        <v>77.6646379618619</v>
       </c>
       <c r="J5" s="4">
-        <v>77.6646379618619</v>
+        <v>79.8842625971728</v>
       </c>
       <c r="K5" s="4">
-        <v>79.783307185425</v>
+        <v>82.5201554639393</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>90.8807767277051</v>
+        <v>80.8940052292367</v>
       </c>
       <c r="C6" s="4">
-        <v>80.8940052292367</v>
+        <v>72.6972834565777</v>
       </c>
       <c r="D6" s="4">
-        <v>72.6972834565777</v>
+        <v>84.0337567254408</v>
       </c>
       <c r="E6" s="4">
-        <v>84.0337567254408</v>
+        <v>70.1625956823999</v>
       </c>
       <c r="F6" s="4">
-        <v>70.1625956823999</v>
+        <v>52.2403598670828</v>
       </c>
       <c r="G6" s="4">
-        <v>52.2403598670828</v>
+        <v>65.1577970718631</v>
       </c>
       <c r="H6" s="4">
-        <v>65.1577970718631</v>
+        <v>60.8444957091685</v>
       </c>
       <c r="I6" s="4">
-        <v>60.8444957091685</v>
+        <v>74.2684685685973</v>
       </c>
       <c r="J6" s="4">
-        <v>74.2684685685973</v>
+        <v>76.6448807045736</v>
       </c>
       <c r="K6" s="4">
-        <v>76.6448807045736</v>
+        <v>70.4634325757869</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>36.6144110996864</v>
+        <v>35.6188090871261</v>
       </c>
       <c r="C7" s="4">
-        <v>35.6188090871261</v>
+        <v>32.2945542547481</v>
       </c>
       <c r="D7" s="4">
-        <v>32.2945542547481</v>
+        <v>37.9262089078736</v>
       </c>
       <c r="E7" s="4">
-        <v>37.9262089078736</v>
+        <v>36.9673463418643</v>
       </c>
       <c r="F7" s="4">
-        <v>36.9673463418643</v>
+        <v>34.629240057359</v>
       </c>
       <c r="G7" s="4">
-        <v>34.629240057359</v>
+        <v>34.7784128659636</v>
       </c>
       <c r="H7" s="4">
-        <v>34.7784128659636</v>
+        <v>32.8459210099571</v>
       </c>
       <c r="I7" s="4">
-        <v>32.8459210099571</v>
+        <v>34.9621319566386</v>
       </c>
       <c r="J7" s="4">
-        <v>34.4480771399845</v>
+        <v>35.096319266028</v>
       </c>
       <c r="K7" s="4">
-        <v>35.1009647072922</v>
+        <v>37.6777669109041</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>44.6448003875169</v>
+        <v>46.6914908064048</v>
       </c>
       <c r="C8" s="4">
-        <v>46.6914908064048</v>
+        <v>40.9285535451119</v>
       </c>
       <c r="D8" s="4">
-        <v>40.9285535451119</v>
+        <v>46.3267347904881</v>
       </c>
       <c r="E8" s="4">
-        <v>46.3267347904881</v>
+        <v>41.2370880844667</v>
       </c>
       <c r="F8" s="4">
-        <v>41.2370880844667</v>
+        <v>29.0699876329722</v>
       </c>
       <c r="G8" s="4">
-        <v>29.0699876329722</v>
+        <v>27.2331938308697</v>
       </c>
       <c r="H8" s="4">
-        <v>27.2331938308697</v>
+        <v>31.3757545920584</v>
       </c>
       <c r="I8" s="4">
-        <v>31.3757545920584</v>
+        <v>36.4593055814822</v>
       </c>
       <c r="J8" s="4">
-        <v>36.4593055814822</v>
+        <v>39.3338207110198</v>
       </c>
       <c r="K8" s="4">
-        <v>39.3338207110198</v>
+        <v>35.5364462421623</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>44.6134680841521</v>
+        <v>40.5203567676063</v>
       </c>
       <c r="C10" s="4">
-        <v>40.5203567676063</v>
+        <v>41.5654192572119</v>
       </c>
       <c r="D10" s="4">
-        <v>41.5654192572119</v>
+        <v>47.3776858316972</v>
       </c>
       <c r="E10" s="4">
-        <v>47.3776858316972</v>
+        <v>44.4388818691271</v>
       </c>
       <c r="F10" s="4">
-        <v>44.4388818691271</v>
+        <v>42.1080810462795</v>
       </c>
       <c r="G10" s="4">
-        <v>42.1080810462795</v>
+        <v>43.260775209058</v>
       </c>
       <c r="H10" s="4">
-        <v>43.260775209058</v>
+        <v>48.8895478239831</v>
       </c>
       <c r="I10" s="4">
-        <v>48.8895478239831</v>
+        <v>49.5752946824573</v>
       </c>
       <c r="J10" s="4">
-        <v>49.5752946824573</v>
+        <v>59.3548148347133</v>
       </c>
       <c r="K10" s="4">
-        <v>59.3548148347133</v>
+        <v>52.5381612430529</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>53.8084245571955</v>
+        <v>48.9296517565261</v>
       </c>
       <c r="C11" s="4">
-        <v>48.9296517565261</v>
+        <v>45.0168086955049</v>
       </c>
       <c r="D11" s="4">
-        <v>45.0168086955049</v>
+        <v>51.2850286422047</v>
       </c>
       <c r="E11" s="4">
-        <v>51.2850286422047</v>
+        <v>44.6920286720989</v>
       </c>
       <c r="F11" s="4">
-        <v>44.6920286720989</v>
+        <v>52.4843966274481</v>
       </c>
       <c r="G11" s="4">
-        <v>52.4843966274481</v>
+        <v>48.8388446151855</v>
       </c>
       <c r="H11" s="4">
-        <v>48.8388446151855</v>
+        <v>49.8296301217741</v>
       </c>
       <c r="I11" s="4">
-        <v>49.8296301217741</v>
+        <v>49.5991444383771</v>
       </c>
       <c r="J11" s="4">
-        <v>49.6033620686397</v>
+        <v>47.0821097870052</v>
       </c>
       <c r="K11" s="4">
-        <v>47.0821097870052</v>
+        <v>47.3989253114954</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>46.4913541754146</v>
+        <v>44.8950199017532</v>
       </c>
       <c r="C12" s="6">
-        <v>44.8950199017532</v>
+        <v>42.5565973405369</v>
       </c>
       <c r="D12" s="6">
-        <v>42.5565973405369</v>
+        <v>47.3940788773198</v>
       </c>
       <c r="E12" s="6">
-        <v>47.3940788773198</v>
+        <v>44.1529835554779</v>
       </c>
       <c r="F12" s="6">
-        <v>44.1529835554779</v>
+        <v>39.9425769112712</v>
       </c>
       <c r="G12" s="6">
-        <v>39.9425769112712</v>
+        <v>40.8127051338874</v>
       </c>
       <c r="H12" s="6">
-        <v>40.8127051338874</v>
+        <v>41.233373780134</v>
       </c>
       <c r="I12" s="6">
-        <v>41.233373780134</v>
+        <v>43.447455921393</v>
       </c>
       <c r="J12" s="6">
-        <v>43.0605005131101</v>
+        <v>45.2251941253043</v>
       </c>
       <c r="K12" s="6">
-        <v>45.2239191407579</v>
+        <v>46.29163885054</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>