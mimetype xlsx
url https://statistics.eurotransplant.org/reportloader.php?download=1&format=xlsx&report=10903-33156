--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Transplants pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Pancreas transplants (deceased donor), per million population, by year, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2271P_pancreas : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2271P_pancreas : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,330 +299,330 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>3.14504749371165</v>
+        <v>2.98834396436699</v>
       </c>
       <c r="C4" s="4">
-        <v>2.98834396436699</v>
+        <v>2.27975695511102</v>
       </c>
       <c r="D4" s="4">
-        <v>2.27975695511102</v>
+        <v>2.26699101262748</v>
       </c>
       <c r="E4" s="4">
-        <v>2.26699101262748</v>
+        <v>1.6932363673307</v>
       </c>
       <c r="F4" s="4">
-        <v>1.6932363673307</v>
+        <v>2.24692239040187</v>
       </c>
       <c r="G4" s="4">
-        <v>2.24692239040187</v>
+        <v>1.56728160826378</v>
       </c>
       <c r="H4" s="4">
-        <v>1.56728160826378</v>
+        <v>2.00469343281365</v>
       </c>
       <c r="I4" s="4">
-        <v>2.00469343281365</v>
+        <v>1.09832514202442</v>
       </c>
       <c r="J4" s="4">
-        <v>1.09832514202442</v>
+        <v>1.41940767026068</v>
       </c>
       <c r="K4" s="4">
-        <v>1.41940767026068</v>
+        <v>2.06584320706718</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>1.77979107744458</v>
+        <v>2.03339776257287</v>
       </c>
       <c r="C5" s="4">
-        <v>2.03339776257287</v>
+        <v>1.9380311031088</v>
       </c>
       <c r="D5" s="4">
-        <v>1.9380311031088</v>
+        <v>2.45644438973982</v>
       </c>
       <c r="E5" s="4">
-        <v>2.45644438973982</v>
+        <v>1.8331775277925</v>
       </c>
       <c r="F5" s="4">
-        <v>1.8331775277925</v>
+        <v>1.21502042970065</v>
       </c>
       <c r="G5" s="4">
-        <v>1.21502042970065</v>
+        <v>1.21162114303127</v>
       </c>
       <c r="H5" s="4">
-        <v>1.21162114303127</v>
+        <v>1.89367480766074</v>
       </c>
       <c r="I5" s="4">
-        <v>1.89367480766074</v>
+        <v>1.27737891384641</v>
       </c>
       <c r="J5" s="4">
-        <v>1.27737891384641</v>
+        <v>1.01547791437084</v>
       </c>
       <c r="K5" s="4">
-        <v>1.01419458286557</v>
+        <v>756294.703844658e-6</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>1.89334951516052</v>
+        <v>1.67037768909928</v>
       </c>
       <c r="C6" s="4">
-        <v>1.67037768909928</v>
+        <v>1.20359740822149</v>
       </c>
       <c r="D6" s="4">
-        <v>1.20359740822149</v>
+        <v>730728.319351659e-6</v>
       </c>
       <c r="E6" s="4">
-        <v>730728.319351659e-6</v>
+        <v>1.22661880563636</v>
       </c>
       <c r="F6" s="4">
-        <v>1.22661880563636</v>
+        <v>246416.791825862e-6</v>
       </c>
       <c r="G6" s="4">
-        <v>246416.791825862e-6</v>
+        <v>1.4864896670387</v>
       </c>
       <c r="H6" s="4">
-        <v>1.4864896670387</v>
+        <v>1.55347648619154</v>
       </c>
       <c r="I6" s="4">
-        <v>1.55347648619154</v>
+        <v>1.2983998001503</v>
       </c>
       <c r="J6" s="4">
-        <v>1.2983998001503</v>
+        <v>1.03574163114289</v>
       </c>
       <c r="K6" s="4">
-        <v>1.03574163114289</v>
+        <v>1.03243124653168</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>1.2931426725419</v>
+        <v>1.18039784128843</v>
       </c>
       <c r="C7" s="4">
-        <v>1.18039784128843</v>
+        <v>872498.276300888e-6</v>
       </c>
       <c r="D7" s="4">
-        <v>872498.276300888e-6</v>
+        <v>1.14744899562038</v>
       </c>
       <c r="E7" s="4">
-        <v>1.14744899562038</v>
+        <v>1.13226802089777</v>
       </c>
       <c r="F7" s="4">
-        <v>1.13226802089777</v>
+        <v>1.10621183516564</v>
       </c>
       <c r="G7" s="4">
-        <v>1.10621183516564</v>
+        <v>781672.488342888e-6</v>
       </c>
       <c r="H7" s="4">
-        <v>781672.488342888e-6</v>
+        <v>528610.286919572e-6</v>
       </c>
       <c r="I7" s="4">
-        <v>528610.286919572e-6</v>
+        <v>709829.933049442e-6</v>
       </c>
       <c r="J7" s="4">
-        <v>699393.169738159e-6</v>
+        <v>874711.951662699e-6</v>
       </c>
       <c r="K7" s="4">
-        <v>874827.730840673e-6</v>
+        <v>1.04095450023774</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>1.31905092054027</v>
+        <v>610346.285051043e-6</v>
       </c>
       <c r="C8" s="4">
-        <v>610346.285051043e-6</v>
+        <v>612397.309901924e-6</v>
       </c>
       <c r="D8" s="4">
-        <v>612397.309901924e-6</v>
+        <v>511332.613581547e-6</v>
       </c>
       <c r="E8" s="4">
-        <v>511332.613581547e-6</v>
+        <v>511626.403033085e-6</v>
       </c>
       <c r="F8" s="4">
-        <v>511626.403033085e-6</v>
+        <v>614154.668302229e-6</v>
       </c>
       <c r="G8" s="4">
-        <v>614154.668302229e-6</v>
+        <v>411067.076692373e-6</v>
       </c>
       <c r="H8" s="4">
-        <v>411067.076692373e-6</v>
+        <v>412838.876211295e-6</v>
       </c>
       <c r="I8" s="4">
-        <v>412838.876211295e-6</v>
+        <v>1.14586388970373</v>
       </c>
       <c r="J8" s="4">
-        <v>1.14586388970373</v>
+        <v>1.66933987102472</v>
       </c>
       <c r="K8" s="4">
-        <v>1.66933987102472</v>
+        <v>943445.475455637e-6</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>1.95257884187934</v>
+        <v>1.64908428705375</v>
       </c>
       <c r="C10" s="4">
-        <v>1.64908428705375</v>
+        <v>1.93191385279999</v>
       </c>
       <c r="D10" s="4">
-        <v>1.93191385279999</v>
+        <v>2.61915953615034</v>
       </c>
       <c r="E10" s="4">
-        <v>2.61915953615034</v>
+        <v>1.67803069557902</v>
       </c>
       <c r="F10" s="4">
-        <v>1.67803069557902</v>
+        <v>1.66594045067136</v>
       </c>
       <c r="G10" s="4">
-        <v>1.66594045067136</v>
+        <v>1.14446495262058</v>
       </c>
       <c r="H10" s="4">
-        <v>1.14446495262058</v>
+        <v>1.98969089981327</v>
       </c>
       <c r="I10" s="4">
-        <v>1.98969089981327</v>
+        <v>1.2913157165306</v>
       </c>
       <c r="J10" s="4">
-        <v>1.2913157165306</v>
+        <v>2.00635993807482</v>
       </c>
       <c r="K10" s="4">
-        <v>2.00635993807482</v>
+        <v>1.66260003933712</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>2.42380290798178</v>
-[...1 lines deleted...]
-      <c r="C11" s="4">
         <v>2.42225998794683</v>
       </c>
-      <c r="D11" s="4"/>
+      <c r="C11" s="4"/>
+      <c r="D11" s="4">
+        <v>1.45146307477938</v>
+      </c>
       <c r="E11" s="4">
-        <v>1.45146307477938</v>
+        <v>480559.448087085e-6</v>
       </c>
       <c r="F11" s="4">
-        <v>480559.448087085e-6</v>
-[...1 lines deleted...]
-      <c r="G11" s="4">
         <v>954261.756862693e-6</v>
       </c>
-      <c r="H11" s="4"/>
-      <c r="I11" s="4">
+      <c r="G11" s="4"/>
+      <c r="H11" s="4">
         <v>474567.905921658e-6</v>
       </c>
+      <c r="I11" s="4"/>
       <c r="J11" s="4"/>
-      <c r="K11" s="4"/>
+      <c r="K11" s="4">
+        <v>938592.580425652e-6</v>
+      </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>1.56729121760864</v>
+        <v>1.41355261087842</v>
       </c>
       <c r="C12" s="6">
-        <v>1.41355261087842</v>
+        <v>1.15890078934933</v>
       </c>
       <c r="D12" s="6">
-        <v>1.15890078934933</v>
+        <v>1.45524173685953</v>
       </c>
       <c r="E12" s="6">
-        <v>1.45524173685953</v>
+        <v>1.23943315793118</v>
       </c>
       <c r="F12" s="6">
-        <v>1.23943315793118</v>
+        <v>1.19231572869466</v>
       </c>
       <c r="G12" s="6">
-        <v>1.19231572869466</v>
+        <v>893708.871544979e-6</v>
       </c>
       <c r="H12" s="6">
-        <v>893708.871544979e-6</v>
+        <v>943887.760418633e-6</v>
       </c>
       <c r="I12" s="6">
-        <v>943887.760418633e-6</v>
+        <v>891267.024404826e-6</v>
       </c>
       <c r="J12" s="6">
-        <v>883329.146616501e-6</v>
+        <v>1.11097143009999</v>
       </c>
       <c r="K12" s="6">
-        <v>1.1109401096948</v>
+        <v>1.1515333047398</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>