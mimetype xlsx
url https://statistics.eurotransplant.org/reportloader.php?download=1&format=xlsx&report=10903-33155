--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Transplants pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Lung transplants (deceased donor), per million population, by year, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2271P_lung : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2271P_lung : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,318 +299,324 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>15.1428212660191</v>
+        <v>12.6429936953988</v>
       </c>
       <c r="C4" s="4">
-        <v>12.6429936953988</v>
+        <v>13.2225903396439</v>
       </c>
       <c r="D4" s="4">
-        <v>13.2225903396439</v>
+        <v>12.9218487719766</v>
       </c>
       <c r="E4" s="4">
-        <v>12.9218487719766</v>
+        <v>11.1753600243826</v>
       </c>
       <c r="F4" s="4">
-        <v>11.1753600243826</v>
+        <v>11.2346119520093</v>
       </c>
       <c r="G4" s="4">
-        <v>11.2346119520093</v>
+        <v>13.7696884154604</v>
       </c>
       <c r="H4" s="4">
-        <v>13.7696884154604</v>
+        <v>11.3599294526107</v>
       </c>
       <c r="I4" s="4">
-        <v>11.3599294526107</v>
+        <v>13.6192317611029</v>
       </c>
       <c r="J4" s="4">
-        <v>13.6192317611029</v>
+        <v>11.5736317728948</v>
       </c>
       <c r="K4" s="4">
-        <v>11.5736317728948</v>
+        <v>11.3077733439467</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>10.2337986953064</v>
+        <v>11.4047091900826</v>
       </c>
       <c r="C5" s="4">
-        <v>11.4047091900826</v>
+        <v>10.6591710670984</v>
       </c>
       <c r="D5" s="4">
-        <v>10.6591710670984</v>
+        <v>10.176698186065</v>
       </c>
       <c r="E5" s="4">
-        <v>10.176698186065</v>
+        <v>9.86424098288345</v>
       </c>
       <c r="F5" s="4">
-        <v>9.86424098288345</v>
+        <v>8.07120714015434</v>
       </c>
       <c r="G5" s="4">
-        <v>8.07120714015434</v>
+        <v>8.13517053178139</v>
       </c>
       <c r="H5" s="4">
-        <v>8.13517053178139</v>
+        <v>8.17723212398956</v>
       </c>
       <c r="I5" s="4">
-        <v>8.17723212398956</v>
+        <v>9.87839693374559</v>
       </c>
       <c r="J5" s="4">
-        <v>9.87839693374559</v>
+        <v>9.13930122933756</v>
       </c>
       <c r="K5" s="4">
-        <v>9.12775124579014</v>
+        <v>9.83183114998055</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
-      <c r="G6" s="4"/>
+      <c r="G6" s="4">
+        <v>2.22973450055805</v>
+      </c>
       <c r="H6" s="4">
-        <v>2.22973450055805</v>
+        <v>2.58912747698589</v>
       </c>
       <c r="I6" s="4">
-        <v>2.58912747698589</v>
+        <v>1.55807976018036</v>
       </c>
       <c r="J6" s="4">
-        <v>1.55807976018036</v>
+        <v>1.55361244671433</v>
       </c>
       <c r="K6" s="4">
-        <v>1.55361244671433</v>
+        <v>1.54864686979751</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>3.63311512761773</v>
+        <v>3.99144837054231</v>
       </c>
       <c r="C7" s="4">
-        <v>3.99144837054231</v>
+        <v>3.74447176912464</v>
       </c>
       <c r="D7" s="4">
-        <v>3.74447176912464</v>
+        <v>4.52940393008045</v>
       </c>
       <c r="E7" s="4">
-        <v>4.52940393008045</v>
+        <v>4.34839101642652</v>
       </c>
       <c r="F7" s="4">
-        <v>4.34839101642652</v>
+        <v>4.13627034018455</v>
       </c>
       <c r="G7" s="4">
-        <v>4.13627034018455</v>
+        <v>3.40328175693904</v>
       </c>
       <c r="H7" s="4">
-        <v>3.40328175693904</v>
+        <v>3.0515230199448</v>
       </c>
       <c r="I7" s="4">
-        <v>3.0515230199448</v>
+        <v>3.20025020662969</v>
       </c>
       <c r="J7" s="4">
-        <v>3.15319632458221</v>
+        <v>3.72651256119314</v>
       </c>
       <c r="K7" s="4">
-        <v>3.72700581221164</v>
+        <v>3.99630808137249</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="4"/>
+      <c r="B8" s="4">
+        <v>1.72931447431129</v>
+      </c>
       <c r="C8" s="4">
-        <v>1.72931447431129</v>
+        <v>2.14339058465673</v>
       </c>
       <c r="D8" s="4">
-        <v>2.14339058465673</v>
+        <v>2.35213002247511</v>
       </c>
       <c r="E8" s="4">
-        <v>2.35213002247511</v>
+        <v>1.84185505091911</v>
       </c>
       <c r="F8" s="4">
-        <v>1.84185505091911</v>
+        <v>1.74010489352298</v>
       </c>
       <c r="G8" s="4">
-        <v>1.74010489352298</v>
+        <v>1.43873476842331</v>
       </c>
       <c r="H8" s="4">
-        <v>1.43873476842331</v>
+        <v>1.23851662863389</v>
       </c>
       <c r="I8" s="4">
-        <v>1.23851662863389</v>
+        <v>1.14586388970373</v>
       </c>
       <c r="J8" s="4">
-        <v>1.14586388970373</v>
+        <v>1.8780073549028</v>
       </c>
       <c r="K8" s="4">
-        <v>1.8780073549028</v>
+        <v>1.78206367586065</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>4.61518635353298</v>
+        <v>4.2993983198187</v>
       </c>
       <c r="C10" s="4">
-        <v>4.2993983198187</v>
+        <v>4.33217045779392</v>
       </c>
       <c r="D10" s="4">
-        <v>4.33217045779392</v>
+        <v>5.18011552705289</v>
       </c>
       <c r="E10" s="4">
-        <v>5.18011552705289</v>
+        <v>6.07562838054473</v>
       </c>
       <c r="F10" s="4">
-        <v>6.07562838054473</v>
+        <v>4.99782135201408</v>
       </c>
       <c r="G10" s="4">
-        <v>4.99782135201408</v>
+        <v>5.20731553442365</v>
       </c>
       <c r="H10" s="4">
-        <v>5.20731553442365</v>
+        <v>6.93549399363481</v>
       </c>
       <c r="I10" s="4">
-        <v>6.93549399363481</v>
+        <v>6.11971361312327</v>
       </c>
       <c r="J10" s="4">
-        <v>6.11971361312327</v>
+        <v>6.85506312175562</v>
       </c>
       <c r="K10" s="4">
-        <v>6.85506312175562</v>
+        <v>6.53956015472599</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
-      <c r="D11" s="4"/>
+      <c r="D11" s="4">
+        <v>967642.049852918e-6</v>
+      </c>
       <c r="E11" s="4">
-        <v>967642.049852918e-6</v>
+        <v>4.80559448087085</v>
       </c>
       <c r="F11" s="4">
-        <v>4.80559448087085</v>
+        <v>7.63409405490154</v>
       </c>
       <c r="G11" s="4">
-        <v>7.63409405490154</v>
+        <v>7.11245309929886</v>
       </c>
       <c r="H11" s="4">
-        <v>7.11245309929886</v>
+        <v>4.74567905921658</v>
       </c>
       <c r="I11" s="4">
-        <v>4.74567905921658</v>
+        <v>5.19610084592522</v>
       </c>
       <c r="J11" s="4">
-        <v>5.19654269290511</v>
+        <v>5.17903207657058</v>
       </c>
       <c r="K11" s="4">
-        <v>5.17903207657058</v>
+        <v>4.69296290212826</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>4.59045484588692</v>
+        <v>4.8370003403496</v>
       </c>
       <c r="C12" s="6">
-        <v>4.8370003403496</v>
+        <v>4.70161649349951</v>
       </c>
       <c r="D12" s="6">
-        <v>4.70161649349951</v>
+        <v>5.2578834613166</v>
       </c>
       <c r="E12" s="6">
-        <v>5.2578834613166</v>
+        <v>5.14729299705538</v>
       </c>
       <c r="F12" s="6">
-        <v>5.14729299705538</v>
+        <v>4.77653313263655</v>
       </c>
       <c r="G12" s="6">
-        <v>4.77653313263655</v>
+        <v>4.57026731871375</v>
       </c>
       <c r="H12" s="6">
-        <v>4.57026731871375</v>
+        <v>4.39270842348672</v>
       </c>
       <c r="I12" s="6">
-        <v>4.39270842348672</v>
+        <v>4.65922517636019</v>
       </c>
       <c r="J12" s="6">
-        <v>4.61772879084887</v>
+        <v>4.92723043349543</v>
       </c>
       <c r="K12" s="6">
-        <v>4.92709152546462</v>
+        <v>5.08114070716438</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>