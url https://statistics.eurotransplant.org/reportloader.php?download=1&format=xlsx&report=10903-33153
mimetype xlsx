--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Transplants pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Kidney transplants (deceased donor), per million population, by year, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2271P_kidney : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2271P_kidney : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,338 +299,338 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>41.4680336207907</v>
+        <v>42.0666881137814</v>
       </c>
       <c r="C4" s="4">
-        <v>42.0666881137814</v>
+        <v>40.9216373442427</v>
       </c>
       <c r="D4" s="4">
-        <v>40.9216373442427</v>
+        <v>38.9922454171927</v>
       </c>
       <c r="E4" s="4">
-        <v>38.9922454171927</v>
+        <v>34.7677867425237</v>
       </c>
       <c r="F4" s="4">
-        <v>34.7677867425237</v>
+        <v>32.6927207803472</v>
       </c>
       <c r="G4" s="4">
-        <v>32.6927207803472</v>
+        <v>29.5544531844028</v>
       </c>
       <c r="H4" s="4">
-        <v>29.5544531844028</v>
+        <v>31.2954919233686</v>
       </c>
       <c r="I4" s="4">
-        <v>31.2954919233686</v>
+        <v>27.8974586074204</v>
       </c>
       <c r="J4" s="4">
-        <v>27.8974586074204</v>
+        <v>28.8248942268323</v>
       </c>
       <c r="K4" s="4">
-        <v>28.8248942268323</v>
+        <v>35.0106059302965</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>41.9140798738199</v>
+        <v>40.0490950628484</v>
       </c>
       <c r="C5" s="4">
-        <v>40.0490950628484</v>
+        <v>42.7247765912623</v>
       </c>
       <c r="D5" s="4">
-        <v>42.7247765912623</v>
+        <v>41.5840943120241</v>
       </c>
       <c r="E5" s="4">
-        <v>41.5840943120241</v>
+        <v>33.9574313481563</v>
       </c>
       <c r="F5" s="4">
-        <v>33.9574313481563</v>
+        <v>28.2926185773152</v>
       </c>
       <c r="G5" s="4">
-        <v>28.2926185773152</v>
+        <v>30.9828835146568</v>
       </c>
       <c r="H5" s="4">
-        <v>30.9828835146568</v>
+        <v>36.4102019836588</v>
       </c>
       <c r="I5" s="4">
-        <v>36.4102019836588</v>
+        <v>38.236208821136</v>
       </c>
       <c r="J5" s="4">
-        <v>38.236208821136</v>
+        <v>37.3188133531284</v>
       </c>
       <c r="K5" s="4">
-        <v>37.2716509203097</v>
+        <v>39.4113573447938</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>49.2270873941736</v>
+        <v>43.6684453007384</v>
       </c>
       <c r="C6" s="4">
-        <v>43.6684453007384</v>
+        <v>37.0708001732217</v>
       </c>
       <c r="D6" s="4">
-        <v>37.0708001732217</v>
+        <v>43.3565469481984</v>
       </c>
       <c r="E6" s="4">
-        <v>43.3565469481984</v>
+        <v>31.4014414242909</v>
       </c>
       <c r="F6" s="4">
-        <v>31.4014414242909</v>
+        <v>23.4095952234569</v>
       </c>
       <c r="G6" s="4">
-        <v>23.4095952234569</v>
+        <v>29.4820450629343</v>
       </c>
       <c r="H6" s="4">
-        <v>29.4820450629343</v>
+        <v>26.4091002652561</v>
       </c>
       <c r="I6" s="4">
-        <v>26.4091002652561</v>
+        <v>33.7583948039079</v>
       </c>
       <c r="J6" s="4">
-        <v>33.7583948039079</v>
+        <v>36.250957090001</v>
       </c>
       <c r="K6" s="4">
-        <v>36.250957090001</v>
+        <v>30.1986139610515</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>19.101564620119</v>
+        <v>18.2170677155544</v>
       </c>
       <c r="C7" s="4">
-        <v>18.2170677155544</v>
+        <v>16.5289951232557</v>
       </c>
       <c r="D7" s="4">
-        <v>16.5289951232557</v>
+        <v>19.9656125237946</v>
       </c>
       <c r="E7" s="4">
-        <v>19.9656125237946</v>
+        <v>19.4171920179489</v>
       </c>
       <c r="F7" s="4">
-        <v>19.4171920179489</v>
+        <v>17.5430768207246</v>
       </c>
       <c r="G7" s="4">
-        <v>17.5430768207246</v>
+        <v>18.243033304864</v>
       </c>
       <c r="H7" s="4">
-        <v>18.243033304864</v>
+        <v>17.1918481950434</v>
       </c>
       <c r="I7" s="4">
-        <v>17.1918481950434</v>
+        <v>18.2149579429976</v>
       </c>
       <c r="J7" s="4">
-        <v>17.9471399827724</v>
+        <v>17.2905389897161</v>
       </c>
       <c r="K7" s="4">
-        <v>17.2928276110013</v>
+        <v>19.0722008434364</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>30.7440329941309</v>
+        <v>31.229384918445</v>
       </c>
       <c r="C8" s="4">
-        <v>31.229384918445</v>
+        <v>26.2310181074657</v>
       </c>
       <c r="D8" s="4">
-        <v>26.2310181074657</v>
+        <v>29.5550250650134</v>
       </c>
       <c r="E8" s="4">
-        <v>29.5550250650134</v>
+        <v>24.1487662231616</v>
       </c>
       <c r="F8" s="4">
-        <v>24.1487662231616</v>
+        <v>17.6057671579972</v>
       </c>
       <c r="G8" s="4">
-        <v>17.6057671579972</v>
+        <v>16.4426830676949</v>
       </c>
       <c r="H8" s="4">
-        <v>16.4426830676949</v>
+        <v>19.6098466200365</v>
       </c>
       <c r="I8" s="4">
-        <v>19.6098466200365</v>
+        <v>23.021447238593</v>
       </c>
       <c r="J8" s="4">
-        <v>23.021447238593</v>
+        <v>22.9534232265898</v>
       </c>
       <c r="K8" s="4">
-        <v>22.9534232265898</v>
+        <v>20.6509731849734</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>27.8094562328269</v>
+        <v>25.0896395101749</v>
       </c>
       <c r="C10" s="4">
-        <v>25.0896395101749</v>
+        <v>25.0563372423756</v>
       </c>
       <c r="D10" s="4">
-        <v>25.0563372423756</v>
+        <v>28.4033300809192</v>
       </c>
       <c r="E10" s="4">
-        <v>28.4033300809192</v>
+        <v>26.0384073451917</v>
       </c>
       <c r="F10" s="4">
-        <v>26.0384073451917</v>
+        <v>25.391230317129</v>
       </c>
       <c r="G10" s="4">
-        <v>25.391230317129</v>
+        <v>26.5515869007975</v>
       </c>
       <c r="H10" s="4">
-        <v>26.5515869007975</v>
+        <v>27.9693692202322</v>
       </c>
       <c r="I10" s="4">
-        <v>27.9693692202322</v>
+        <v>28.9142432179677</v>
       </c>
       <c r="J10" s="4">
-        <v>28.9142432179677</v>
+        <v>35.612888900828</v>
       </c>
       <c r="K10" s="4">
-        <v>35.612888900828</v>
+        <v>29.7051207028232</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>31.0246772221667</v>
+        <v>21.3158878939321</v>
       </c>
       <c r="C11" s="4">
-        <v>21.3158878939321</v>
+        <v>22.2663784945508</v>
       </c>
       <c r="D11" s="4">
-        <v>22.2663784945508</v>
+        <v>26.1263353460288</v>
       </c>
       <c r="E11" s="4">
-        <v>26.1263353460288</v>
+        <v>18.2612590273092</v>
       </c>
       <c r="F11" s="4">
-        <v>18.2612590273092</v>
+        <v>21.9480204078419</v>
       </c>
       <c r="G11" s="4">
-        <v>21.9480204078419</v>
+        <v>24.1823405376161</v>
       </c>
       <c r="H11" s="4">
-        <v>24.1823405376161</v>
+        <v>24.2029632020046</v>
       </c>
       <c r="I11" s="4">
-        <v>24.2029632020046</v>
+        <v>24.563385817101</v>
       </c>
       <c r="J11" s="4">
-        <v>24.5654745482787</v>
+        <v>19.3036650126721</v>
       </c>
       <c r="K11" s="4">
-        <v>19.3036650126721</v>
+        <v>20.6490367693643</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>25.4257717434805</v>
+        <v>24.1187414231131</v>
       </c>
       <c r="C12" s="6">
-        <v>24.1187414231131</v>
+        <v>22.6865831737815</v>
       </c>
       <c r="D12" s="6">
-        <v>22.6865831737815</v>
+        <v>25.4484484636742</v>
       </c>
       <c r="E12" s="6">
-        <v>25.4484484636742</v>
+        <v>23.0461659542381</v>
       </c>
       <c r="F12" s="6">
-        <v>23.0461659542381</v>
+        <v>20.5819867556987</v>
       </c>
       <c r="G12" s="6">
-        <v>20.5819867556987</v>
+        <v>21.310960327166</v>
       </c>
       <c r="H12" s="6">
-        <v>21.310960327166</v>
+        <v>21.5642049880257</v>
       </c>
       <c r="I12" s="6">
-        <v>21.5642049880257</v>
+        <v>22.7164400122693</v>
       </c>
       <c r="J12" s="6">
-        <v>22.5141209320547</v>
+        <v>22.998551423109</v>
       </c>
       <c r="K12" s="6">
-        <v>22.9979030500457</v>
+        <v>23.5992356640113</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>