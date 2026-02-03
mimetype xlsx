--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Transplants pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Heart transplants (deceased donor), per million population, by year, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2271P_heart : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2271P_heart : 22.01.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,338 +299,338 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>7.80437711402521</v>
+        <v>6.55136946034301</v>
       </c>
       <c r="C4" s="4">
-        <v>6.55136946034301</v>
+        <v>7.29522225635525</v>
       </c>
       <c r="D4" s="4">
-        <v>7.29522225635525</v>
+        <v>7.36772079103931</v>
       </c>
       <c r="E4" s="4">
-        <v>7.36772079103931</v>
+        <v>7.56312244074378</v>
       </c>
       <c r="F4" s="4">
-        <v>7.56312244074378</v>
+        <v>6.62842105168551</v>
       </c>
       <c r="G4" s="4">
-        <v>6.62842105168551</v>
+        <v>6.6049724919688</v>
       </c>
       <c r="H4" s="4">
-        <v>6.6049724919688</v>
+        <v>6.90505515746923</v>
       </c>
       <c r="I4" s="4">
-        <v>6.90505515746923</v>
+        <v>7.02928090895632</v>
       </c>
       <c r="J4" s="4">
-        <v>7.02928090895632</v>
+        <v>6.44192711887539</v>
       </c>
       <c r="K4" s="4">
-        <v>6.44192711887539</v>
+        <v>7.39354410950361</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>7.29714341752279</v>
+        <v>6.18860188609136</v>
       </c>
       <c r="C5" s="4">
-        <v>6.18860188609136</v>
+        <v>6.95929350661798</v>
       </c>
       <c r="D5" s="4">
-        <v>6.95929350661798</v>
+        <v>6.66749191500808</v>
       </c>
       <c r="E5" s="4">
-        <v>6.66749191500808</v>
+        <v>7.33271011117</v>
       </c>
       <c r="F5" s="4">
-        <v>7.33271011117</v>
+        <v>4.68650737170252</v>
       </c>
       <c r="G5" s="4">
-        <v>4.68650737170252</v>
+        <v>4.50030710268758</v>
       </c>
       <c r="H5" s="4">
-        <v>4.50030710268758</v>
+        <v>5.4227960401194</v>
       </c>
       <c r="I5" s="4">
-        <v>5.4227960401194</v>
+        <v>4.17277111856495</v>
       </c>
       <c r="J5" s="4">
-        <v>4.17277111856495</v>
+        <v>7.19296856012679</v>
       </c>
       <c r="K5" s="4">
-        <v>7.1838782952978</v>
+        <v>5.88229214101401</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>8.75674150761742</v>
+        <v>8.35188844549641</v>
       </c>
       <c r="C6" s="4">
-        <v>8.35188844549641</v>
+        <v>7.9437428942618</v>
       </c>
       <c r="D6" s="4">
-        <v>7.9437428942618</v>
+        <v>9.01231593867046</v>
       </c>
       <c r="E6" s="4">
-        <v>9.01231593867046</v>
+        <v>9.32230292283635</v>
       </c>
       <c r="F6" s="4">
-        <v>9.32230292283635</v>
+        <v>6.16041979564656</v>
       </c>
       <c r="G6" s="4">
-        <v>6.16041979564656</v>
+        <v>8.42344144655265</v>
       </c>
       <c r="H6" s="4">
-        <v>8.42344144655265</v>
+        <v>9.83868441254639</v>
       </c>
       <c r="I6" s="4">
-        <v>9.83868441254639</v>
+        <v>12.4646380814429</v>
       </c>
       <c r="J6" s="4">
-        <v>12.4646380814429</v>
+        <v>10.3574163114289</v>
       </c>
       <c r="K6" s="4">
-        <v>10.3574163114289</v>
+        <v>7.74323434898757</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>3.52227432711413</v>
+        <v>3.61420782332642</v>
       </c>
       <c r="C7" s="4">
-        <v>3.61420782332642</v>
+        <v>3.11433412512956</v>
       </c>
       <c r="D7" s="4">
-        <v>3.11433412512956</v>
+        <v>3.84093453270822</v>
       </c>
       <c r="E7" s="4">
-        <v>3.84093453270822</v>
+        <v>4.14361914030672</v>
       </c>
       <c r="F7" s="4">
-        <v>4.14361914030672</v>
+        <v>4.07615013175163</v>
       </c>
       <c r="G7" s="4">
-        <v>4.07615013175163</v>
+        <v>3.956465364074</v>
       </c>
       <c r="H7" s="4">
-        <v>3.956465364074</v>
+        <v>4.30096551630016</v>
       </c>
       <c r="I7" s="4">
-        <v>4.30096551630016</v>
+        <v>3.97023521875112</v>
       </c>
       <c r="J7" s="4">
-        <v>3.91186010192529</v>
+        <v>4.19382442578006</v>
       </c>
       <c r="K7" s="4">
-        <v>4.19437953142789</v>
+        <v>4.36722290329628</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>5.17473822673491</v>
+        <v>5.90001408882675</v>
       </c>
       <c r="C8" s="4">
-        <v>5.90001408882675</v>
+        <v>5.30744335248334</v>
       </c>
       <c r="D8" s="4">
-        <v>5.30744335248334</v>
+        <v>6.34052440841118</v>
       </c>
       <c r="E8" s="4">
-        <v>6.34052440841118</v>
+        <v>7.36742020367643</v>
       </c>
       <c r="F8" s="4">
-        <v>7.36742020367643</v>
+        <v>4.60616001226672</v>
       </c>
       <c r="G8" s="4">
-        <v>4.60616001226672</v>
+        <v>3.49407015188517</v>
       </c>
       <c r="H8" s="4">
-        <v>3.49407015188517</v>
+        <v>4.12838876211295</v>
       </c>
       <c r="I8" s="4">
-        <v>4.12838876211295</v>
+        <v>5.41681111496307</v>
       </c>
       <c r="J8" s="4">
-        <v>5.41681111496307</v>
+        <v>5.8426895485865</v>
       </c>
       <c r="K8" s="4">
-        <v>5.8426895485865</v>
+        <v>5.5558455776832</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>3.19512901398437</v>
+        <v>2.06135535881718</v>
       </c>
       <c r="C10" s="4">
-        <v>2.06135535881718</v>
+        <v>2.2246280729212</v>
       </c>
       <c r="D10" s="4">
-        <v>2.2246280729212</v>
+        <v>2.21173471941584</v>
       </c>
       <c r="E10" s="4">
-        <v>2.21173471941584</v>
+        <v>2.19879884248285</v>
       </c>
       <c r="F10" s="4">
-        <v>2.19879884248285</v>
+        <v>2.35529511991468</v>
       </c>
       <c r="G10" s="4">
-        <v>2.35529511991468</v>
+        <v>2.51782289576528</v>
       </c>
       <c r="H10" s="4">
-        <v>2.51782289576528</v>
+        <v>2.89926388258504</v>
       </c>
       <c r="I10" s="4">
-        <v>2.89926388258504</v>
+        <v>4.15466795753323</v>
       </c>
       <c r="J10" s="4">
-        <v>4.15466795753323</v>
+        <v>4.40284541966418</v>
       </c>
       <c r="K10" s="4">
-        <v>4.40284541966418</v>
+        <v>4.26734010096527</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>11.6342539583125</v>
+        <v>15.0180119252704</v>
       </c>
       <c r="C11" s="4">
-        <v>15.0180119252704</v>
+        <v>11.6172409536787</v>
       </c>
       <c r="D11" s="4">
-        <v>11.6172409536787</v>
+        <v>11.1278835733086</v>
       </c>
       <c r="E11" s="4">
-        <v>11.1278835733086</v>
+        <v>10.5723078579159</v>
       </c>
       <c r="F11" s="4">
-        <v>10.5723078579159</v>
+        <v>11.4511410823523</v>
       </c>
       <c r="G11" s="4">
-        <v>11.4511410823523</v>
+        <v>8.06078017920537</v>
       </c>
       <c r="H11" s="4">
-        <v>8.06078017920537</v>
+        <v>13.7624692717281</v>
       </c>
       <c r="I11" s="4">
-        <v>13.7624692717281</v>
+        <v>9.91982888767541</v>
       </c>
       <c r="J11" s="4">
-        <v>9.92067241372794</v>
+        <v>12.2413485446214</v>
       </c>
       <c r="K11" s="4">
-        <v>12.2413485446214</v>
+        <v>11.7324072553206</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>4.46418019802272</v>
+        <v>4.29219360490688</v>
       </c>
       <c r="C12" s="6">
-        <v>4.29219360490688</v>
+        <v>4.01214387198788</v>
       </c>
       <c r="D12" s="6">
-        <v>4.01214387198788</v>
+        <v>4.52660620661332</v>
       </c>
       <c r="E12" s="6">
-        <v>4.52660620661332</v>
+        <v>4.84837088249551</v>
       </c>
       <c r="F12" s="6">
-        <v>4.84837088249551</v>
+        <v>4.26761788258395</v>
       </c>
       <c r="G12" s="6">
-        <v>4.26761788258395</v>
+        <v>4.13431177161864</v>
       </c>
       <c r="H12" s="6">
-        <v>4.13431177161864</v>
+        <v>4.65409272637188</v>
       </c>
       <c r="I12" s="6">
-        <v>4.65409272637188</v>
+        <v>4.62299480951446</v>
       </c>
       <c r="J12" s="6">
-        <v>4.58182110196202</v>
+        <v>5.01379963584088</v>
       </c>
       <c r="K12" s="6">
-        <v>5.01365828725902</v>
+        <v>4.95159321038115</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>