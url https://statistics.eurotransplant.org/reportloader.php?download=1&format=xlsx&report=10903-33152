--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -69,51 +69,51 @@
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Heart transplants (deceased donor), per million population, by year, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2271P_heart : 22.01.2026 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2271P_heart : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>