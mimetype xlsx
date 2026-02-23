--- v0 (2025-11-06)
+++ v1 (2026-02-23)
@@ -9,80 +9,80 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="31">
   <si>
     <t>Age</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>0-15</t>
   </si>
   <si>
     <t>16-55</t>
   </si>
   <si>
     <t>56-64</t>
   </si>
   <si>
     <t>&gt;=65</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Blood group</t>
@@ -96,51 +96,51 @@
   <si>
     <t>B</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Cause of death</t>
   </si>
   <si>
     <t>Accident</t>
   </si>
   <si>
     <t>Natural</t>
   </si>
   <si>
     <t>Suicide</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Deceased liver donors used in All ET, by year, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1072P_All ET_liver : 10.02.2025</t>
+    <t>statistics.eurotransplant.org : 1072P_All ET_liver : 12.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -326,781 +326,781 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="C4" s="4">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D4" s="4">
         <v>48</v>
       </c>
       <c r="E4" s="4">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="F4" s="4">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="G4" s="4">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H4" s="4">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="I4" s="4">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="J4" s="4">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="K4" s="4">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>828</v>
+        <v>777</v>
       </c>
       <c r="C5" s="4">
-        <v>777</v>
+        <v>747</v>
       </c>
       <c r="D5" s="4">
-        <v>747</v>
+        <v>798</v>
       </c>
       <c r="E5" s="4">
-        <v>798</v>
+        <v>739</v>
       </c>
       <c r="F5" s="4">
-        <v>739</v>
+        <v>668</v>
       </c>
       <c r="G5" s="4">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="H5" s="4">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="I5" s="4">
-        <v>670</v>
+        <v>695</v>
       </c>
       <c r="J5" s="4">
-        <v>695</v>
+        <v>728</v>
       </c>
       <c r="K5" s="4">
-        <v>728</v>
+        <v>706</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="C6" s="4">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="D6" s="4">
-        <v>330</v>
+        <v>363</v>
       </c>
       <c r="E6" s="4">
-        <v>363</v>
+        <v>291</v>
       </c>
       <c r="F6" s="4">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="G6" s="4">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="H6" s="4">
-        <v>322</v>
+        <v>350</v>
       </c>
       <c r="I6" s="4">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="J6" s="4">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="K6" s="4">
-        <v>348</v>
+        <v>384</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>395</v>
+        <v>418</v>
       </c>
       <c r="C7" s="4">
+        <v>394</v>
+      </c>
+      <c r="D7" s="4">
+        <v>434</v>
+      </c>
+      <c r="E7" s="4">
+        <v>436</v>
+      </c>
+      <c r="F7" s="4">
+        <v>398</v>
+      </c>
+      <c r="G7" s="4">
         <v>418</v>
-      </c>
-[...10 lines deleted...]
-        <v>398</v>
       </c>
       <c r="H7" s="4">
         <v>418</v>
       </c>
       <c r="I7" s="4">
-        <v>418</v>
+        <v>481</v>
       </c>
       <c r="J7" s="4">
-        <v>481</v>
+        <v>573</v>
       </c>
       <c r="K7" s="4">
-        <v>573</v>
+        <v>609</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6">
-        <v>1606</v>
+        <v>1567</v>
       </c>
       <c r="C8" s="6">
-        <v>1567</v>
+        <v>1519</v>
       </c>
       <c r="D8" s="6">
-        <v>1519</v>
+        <v>1643</v>
       </c>
       <c r="E8" s="6">
-        <v>1643</v>
+        <v>1536</v>
       </c>
       <c r="F8" s="6">
-        <v>1536</v>
+        <v>1420</v>
       </c>
       <c r="G8" s="6">
-        <v>1420</v>
+        <v>1463</v>
       </c>
       <c r="H8" s="6">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="I8" s="6">
-        <v>1483</v>
+        <v>1581</v>
       </c>
       <c r="J8" s="6">
-        <v>1581</v>
+        <v>1710</v>
       </c>
       <c r="K8" s="6">
-        <v>1710</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="4">
-        <v>764</v>
+        <v>727</v>
       </c>
       <c r="C11" s="4">
-        <v>727</v>
+        <v>712</v>
       </c>
       <c r="D11" s="4">
-        <v>712</v>
+        <v>755</v>
       </c>
       <c r="E11" s="4">
-        <v>755</v>
+        <v>698</v>
       </c>
       <c r="F11" s="4">
-        <v>698</v>
+        <v>672</v>
       </c>
       <c r="G11" s="4">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="H11" s="4">
-        <v>666</v>
+        <v>721</v>
       </c>
       <c r="I11" s="4">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="J11" s="4">
-        <v>717</v>
+        <v>791</v>
       </c>
       <c r="K11" s="4">
-        <v>791</v>
+        <v>830</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="4">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="C12" s="4">
-        <v>840</v>
+        <v>807</v>
       </c>
       <c r="D12" s="4">
-        <v>807</v>
+        <v>888</v>
       </c>
       <c r="E12" s="4">
-        <v>888</v>
+        <v>838</v>
       </c>
       <c r="F12" s="4">
-        <v>838</v>
+        <v>748</v>
       </c>
       <c r="G12" s="4">
-        <v>748</v>
+        <v>797</v>
       </c>
       <c r="H12" s="4">
-        <v>797</v>
+        <v>762</v>
       </c>
       <c r="I12" s="4">
-        <v>762</v>
+        <v>864</v>
       </c>
       <c r="J12" s="4">
-        <v>864</v>
+        <v>919</v>
       </c>
       <c r="K12" s="4">
-        <v>919</v>
+        <v>935</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="6">
-        <v>1606</v>
+        <v>1567</v>
       </c>
       <c r="C13" s="6">
-        <v>1567</v>
+        <v>1519</v>
       </c>
       <c r="D13" s="6">
-        <v>1519</v>
+        <v>1643</v>
       </c>
       <c r="E13" s="6">
-        <v>1643</v>
+        <v>1536</v>
       </c>
       <c r="F13" s="6">
-        <v>1536</v>
+        <v>1420</v>
       </c>
       <c r="G13" s="6">
-        <v>1420</v>
+        <v>1463</v>
       </c>
       <c r="H13" s="6">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="I13" s="6">
-        <v>1483</v>
+        <v>1581</v>
       </c>
       <c r="J13" s="6">
-        <v>1581</v>
+        <v>1710</v>
       </c>
       <c r="K13" s="6">
-        <v>1710</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="4">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C16" s="4">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="D16" s="4">
-        <v>678</v>
+        <v>694</v>
       </c>
       <c r="E16" s="4">
-        <v>694</v>
+        <v>637</v>
       </c>
       <c r="F16" s="4">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G16" s="4">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="H16" s="4">
-        <v>643</v>
+        <v>656</v>
       </c>
       <c r="I16" s="4">
-        <v>656</v>
+        <v>705</v>
       </c>
       <c r="J16" s="4">
-        <v>705</v>
+        <v>751</v>
       </c>
       <c r="K16" s="4">
-        <v>751</v>
+        <v>726</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="4">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="C17" s="4">
+        <v>67</v>
+      </c>
+      <c r="D17" s="4">
+        <v>77</v>
+      </c>
+      <c r="E17" s="4">
+        <v>74</v>
+      </c>
+      <c r="F17" s="4">
+        <v>49</v>
+      </c>
+      <c r="G17" s="4">
         <v>57</v>
       </c>
-      <c r="D17" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H17" s="4">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I17" s="4">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="J17" s="4">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="K17" s="4">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="4">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C18" s="4">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="D18" s="4">
-        <v>159</v>
+        <v>214</v>
       </c>
       <c r="E18" s="4">
-        <v>214</v>
+        <v>185</v>
       </c>
       <c r="F18" s="4">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="G18" s="4">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="H18" s="4">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="I18" s="4">
-        <v>163</v>
+        <v>196</v>
       </c>
       <c r="J18" s="4">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="K18" s="4">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="4">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="C19" s="4">
-        <v>651</v>
+        <v>615</v>
       </c>
       <c r="D19" s="4">
-        <v>615</v>
+        <v>658</v>
       </c>
       <c r="E19" s="4">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="F19" s="4">
-        <v>640</v>
+        <v>576</v>
       </c>
       <c r="G19" s="4">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="H19" s="4">
-        <v>572</v>
+        <v>605</v>
       </c>
       <c r="I19" s="4">
-        <v>605</v>
+        <v>630</v>
       </c>
       <c r="J19" s="4">
-        <v>630</v>
+        <v>703</v>
       </c>
       <c r="K19" s="4">
-        <v>703</v>
+        <v>742</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="6">
-        <v>1606</v>
+        <v>1567</v>
       </c>
       <c r="C20" s="6">
-        <v>1567</v>
+        <v>1519</v>
       </c>
       <c r="D20" s="6">
-        <v>1519</v>
+        <v>1643</v>
       </c>
       <c r="E20" s="6">
-        <v>1643</v>
+        <v>1536</v>
       </c>
       <c r="F20" s="6">
-        <v>1536</v>
+        <v>1420</v>
       </c>
       <c r="G20" s="6">
-        <v>1420</v>
+        <v>1463</v>
       </c>
       <c r="H20" s="6">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="I20" s="6">
-        <v>1483</v>
+        <v>1581</v>
       </c>
       <c r="J20" s="6">
-        <v>1581</v>
+        <v>1710</v>
       </c>
       <c r="K20" s="6">
-        <v>1710</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="4">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C23" s="4">
-        <v>286</v>
+        <v>256</v>
       </c>
       <c r="D23" s="4">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="E23" s="4">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="F23" s="4">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="G23" s="4">
-        <v>255</v>
+        <v>224</v>
       </c>
       <c r="H23" s="4">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="I23" s="4">
-        <v>220</v>
+        <v>246</v>
       </c>
       <c r="J23" s="4">
         <v>246</v>
       </c>
       <c r="K23" s="4">
-        <v>246</v>
+        <v>276</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="4">
-        <v>1252</v>
+        <v>1202</v>
       </c>
       <c r="C24" s="4">
-        <v>1202</v>
+        <v>1181</v>
       </c>
       <c r="D24" s="4">
-        <v>1181</v>
+        <v>1307</v>
       </c>
       <c r="E24" s="4">
-        <v>1307</v>
+        <v>1206</v>
       </c>
       <c r="F24" s="4">
-        <v>1206</v>
+        <v>1098</v>
       </c>
       <c r="G24" s="4">
-        <v>1098</v>
+        <v>1185</v>
       </c>
       <c r="H24" s="4">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="I24" s="4">
-        <v>1182</v>
+        <v>1246</v>
       </c>
       <c r="J24" s="4">
-        <v>1246</v>
+        <v>1353</v>
       </c>
       <c r="K24" s="4">
-        <v>1353</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="4">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C25" s="4">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D25" s="4">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="E25" s="4">
+        <v>55</v>
+      </c>
+      <c r="F25" s="4">
         <v>50</v>
       </c>
-      <c r="F25" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="4">
+        <v>32</v>
+      </c>
+      <c r="H25" s="4">
+        <v>58</v>
+      </c>
+      <c r="I25" s="4">
+        <v>60</v>
+      </c>
+      <c r="J25" s="4">
+        <v>71</v>
+      </c>
+      <c r="K25" s="4">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="4">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C26" s="4">
+        <v>20</v>
+      </c>
+      <c r="D26" s="4">
+        <v>21</v>
+      </c>
+      <c r="E26" s="4">
         <v>28</v>
       </c>
-      <c r="D26" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="4">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G26" s="4">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H26" s="4">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I26" s="4">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="J26" s="4">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="K26" s="4">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B27" s="6">
-        <v>1606</v>
+        <v>1567</v>
       </c>
       <c r="C27" s="6">
-        <v>1567</v>
+        <v>1519</v>
       </c>
       <c r="D27" s="6">
-        <v>1519</v>
+        <v>1643</v>
       </c>
       <c r="E27" s="6">
-        <v>1643</v>
+        <v>1536</v>
       </c>
       <c r="F27" s="6">
-        <v>1536</v>
+        <v>1420</v>
       </c>
       <c r="G27" s="6">
-        <v>1420</v>
+        <v>1463</v>
       </c>
       <c r="H27" s="6">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="I27" s="6">
-        <v>1483</v>
+        <v>1581</v>
       </c>
       <c r="J27" s="6">
-        <v>1581</v>
+        <v>1710</v>
       </c>
       <c r="K27" s="6">
-        <v>1710</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A29" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="J29" s="8"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A29:L29"/>
   </mergeCells>