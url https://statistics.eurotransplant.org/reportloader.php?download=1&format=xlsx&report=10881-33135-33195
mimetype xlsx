--- v0 (2025-10-20)
+++ v1 (2026-02-08)
@@ -4,85 +4,85 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="71">
   <si>
     <t>HLA A,B,DR mismatches</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Not calculated</t>
   </si>
   <si>
     <t>Total:</t>
@@ -216,51 +216,51 @@
   <si>
     <t>non blood-related family</t>
   </si>
   <si>
     <t>other non blood-related</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>Highly Immunized</t>
   </si>
   <si>
     <t>Kidney transplants (living donor) in All ET, by year, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2172P_All ET_kidney : 10.02.2025</t>
+    <t>statistics.eurotransplant.org : 2172P_All ET_kidney : 22.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -390,51 +390,51 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L103"/>
+  <dimension ref="A1:L102"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="20.6793" customWidth="1"/>
     <col min="2" max="11" width="6.27479866666667" customWidth="1"/>
     <col min="12" max="12" width="62272e-6" customWidth="1"/>
     <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="9" t="s">
         <v>69</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
       <c r="L1" s="9"/>
@@ -458,358 +458,358 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" s="4">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="D4" s="4">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E4" s="4">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="F4" s="4">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G4" s="4">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H4" s="4">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I4" s="4">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="J4" s="4">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K4" s="4">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
+        <v>29</v>
+      </c>
+      <c r="C5" s="4">
+        <v>49</v>
+      </c>
+      <c r="D5" s="4">
+        <v>30</v>
+      </c>
+      <c r="E5" s="4">
         <v>38</v>
       </c>
-      <c r="C5" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="F5" s="4">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G5" s="4">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="H5" s="4">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I5" s="4">
         <v>22</v>
       </c>
       <c r="J5" s="4">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K5" s="4">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="C6" s="4">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D6" s="4">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="E6" s="4">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="F6" s="4">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="G6" s="4">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H6" s="4">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="I6" s="4">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="J6" s="4">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="K6" s="4">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C7" s="4">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D7" s="4">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E7" s="4">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="F7" s="4">
-        <v>148</v>
+        <v>98</v>
       </c>
       <c r="G7" s="4">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="H7" s="4">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="I7" s="4">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J7" s="4">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K7" s="4">
-        <v>109</v>
+        <v>129</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="C8" s="4">
+        <v>102</v>
+      </c>
+      <c r="D8" s="4">
         <v>87</v>
       </c>
-      <c r="D8" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="4">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="F8" s="4">
-        <v>101</v>
+        <v>62</v>
       </c>
       <c r="G8" s="4">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H8" s="4">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I8" s="4">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="J8" s="4">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="K8" s="4">
-        <v>74</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
+        <v>109</v>
+      </c>
+      <c r="C9" s="4">
+        <v>77</v>
+      </c>
+      <c r="D9" s="4">
+        <v>96</v>
+      </c>
+      <c r="E9" s="4">
+        <v>83</v>
+      </c>
+      <c r="F9" s="4">
+        <v>68</v>
+      </c>
+      <c r="G9" s="4">
+        <v>53</v>
+      </c>
+      <c r="H9" s="4">
+        <v>82</v>
+      </c>
+      <c r="I9" s="4">
+        <v>67</v>
+      </c>
+      <c r="J9" s="4">
+        <v>79</v>
+      </c>
+      <c r="K9" s="4">
         <v>91</v>
-      </c>
-[...25 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C10" s="4">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D10" s="4">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E10" s="4">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="F10" s="4">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G10" s="4">
         <v>24</v>
       </c>
       <c r="H10" s="4">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I10" s="4">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="J10" s="4">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="K10" s="4">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C11" s="4">
-        <v>793</v>
+        <v>753</v>
       </c>
       <c r="D11" s="4">
-        <v>753</v>
+        <v>786</v>
       </c>
       <c r="E11" s="4">
-        <v>786</v>
+        <v>684</v>
       </c>
       <c r="F11" s="4">
-        <v>682</v>
+        <v>576</v>
       </c>
       <c r="G11" s="4">
-        <v>576</v>
+        <v>697</v>
       </c>
       <c r="H11" s="4">
-        <v>697</v>
+        <v>866</v>
       </c>
       <c r="I11" s="4">
-        <v>865</v>
+        <v>934</v>
       </c>
       <c r="J11" s="4">
-        <v>934</v>
+        <v>906</v>
       </c>
       <c r="K11" s="4">
-        <v>906</v>
+        <v>913</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C12" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D12" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E12" s="6">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="F12" s="6">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="G12" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H12" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I12" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J12" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K12" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A13" s="7"/>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>2</v>
@@ -822,218 +822,218 @@
       </c>
       <c r="F15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="4">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C16" s="4">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="D16" s="4">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="E16" s="4">
-        <v>595</v>
+        <v>477</v>
       </c>
       <c r="F16" s="4">
-        <v>477</v>
+        <v>398</v>
       </c>
       <c r="G16" s="4">
-        <v>398</v>
+        <v>459</v>
       </c>
       <c r="H16" s="4">
-        <v>459</v>
+        <v>509</v>
       </c>
       <c r="I16" s="4">
-        <v>509</v>
+        <v>540</v>
       </c>
       <c r="J16" s="4">
-        <v>540</v>
+        <v>587</v>
       </c>
       <c r="K16" s="4">
-        <v>587</v>
+        <v>566</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="4">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="C17" s="4">
+        <v>61</v>
+      </c>
+      <c r="D17" s="4">
+        <v>66</v>
+      </c>
+      <c r="E17" s="4">
+        <v>57</v>
+      </c>
+      <c r="F17" s="4">
+        <v>43</v>
+      </c>
+      <c r="G17" s="4">
+        <v>58</v>
+      </c>
+      <c r="H17" s="4">
+        <v>55</v>
+      </c>
+      <c r="I17" s="4">
+        <v>76</v>
+      </c>
+      <c r="J17" s="4">
         <v>56</v>
       </c>
-      <c r="D17" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="K17" s="4">
-        <v>56</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="4">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="C18" s="4">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="D18" s="4">
-        <v>153</v>
+        <v>190</v>
       </c>
       <c r="E18" s="4">
-        <v>190</v>
+        <v>148</v>
       </c>
       <c r="F18" s="4">
-        <v>148</v>
+        <v>117</v>
       </c>
       <c r="G18" s="4">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="H18" s="4">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="I18" s="4">
+        <v>185</v>
+      </c>
+      <c r="J18" s="4">
         <v>156</v>
       </c>
-      <c r="J18" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="K18" s="4">
-        <v>156</v>
+        <v>197</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="4">
-        <v>522</v>
+        <v>543</v>
       </c>
       <c r="C19" s="4">
-        <v>543</v>
+        <v>492</v>
       </c>
       <c r="D19" s="4">
-        <v>492</v>
+        <v>478</v>
       </c>
       <c r="E19" s="4">
-        <v>478</v>
+        <v>501</v>
       </c>
       <c r="F19" s="4">
-        <v>501</v>
+        <v>384</v>
       </c>
       <c r="G19" s="4">
-        <v>384</v>
+        <v>423</v>
       </c>
       <c r="H19" s="4">
-        <v>423</v>
+        <v>512</v>
       </c>
       <c r="I19" s="4">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="J19" s="4">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="K19" s="4">
-        <v>518</v>
+        <v>540</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C20" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D20" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E20" s="6">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="F20" s="6">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="G20" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H20" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I20" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J20" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K20" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A21" s="7"/>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="8"/>
       <c r="J21" s="8"/>
       <c r="K21" s="8"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>2</v>
@@ -1046,164 +1046,154 @@
       </c>
       <c r="F23" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="4">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="C24" s="4">
-        <v>1226</v>
+        <v>1163</v>
       </c>
       <c r="D24" s="4">
-        <v>1163</v>
+        <v>1218</v>
       </c>
       <c r="E24" s="4">
-        <v>1218</v>
-[...1 lines deleted...]
-      <c r="F24" s="4">
         <v>1105</v>
       </c>
+      <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
       <c r="J24" s="4"/>
       <c r="K24" s="4"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="4">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C25" s="4">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="D25" s="4">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="E25" s="4">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="F25" s="4">
         <v>58</v>
       </c>
+      <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
       <c r="J25" s="4"/>
       <c r="K25" s="4"/>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="4">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C26" s="4">
+        <v>20</v>
+      </c>
+      <c r="D26" s="4">
         <v>14</v>
       </c>
-      <c r="D26" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="4">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F26" s="4">
         <v>4</v>
       </c>
+      <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B27" s="4">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C27" s="4">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D27" s="4">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="4">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F27" s="4">
         <v>16</v>
       </c>
+      <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C28" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D28" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E28" s="6">
-        <v>1329</v>
-[...1 lines deleted...]
-      <c r="F28" s="6">
         <v>1183</v>
       </c>
+      <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="7"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="J29" s="8"/>
       <c r="K29" s="8"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A30" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>1</v>
@@ -1222,140 +1212,148 @@
       </c>
       <c r="G30" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K30" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
-      <c r="F31" s="4"/>
+      <c r="F31" s="4">
+        <v>170</v>
+      </c>
       <c r="G31" s="4">
-        <v>170</v>
+        <v>330</v>
       </c>
       <c r="H31" s="4">
-        <v>330</v>
+        <v>540</v>
       </c>
       <c r="I31" s="4">
-        <v>540</v>
+        <v>580</v>
       </c>
       <c r="J31" s="4">
-        <v>580</v>
+        <v>519</v>
       </c>
       <c r="K31" s="4">
-        <v>519</v>
+        <v>523</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
-      <c r="F32" s="4"/>
+      <c r="F32" s="4">
+        <v>156</v>
+      </c>
       <c r="G32" s="4">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="H32" s="4">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="I32" s="4">
-        <v>167</v>
+        <v>225</v>
       </c>
       <c r="J32" s="4">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="K32" s="4">
-        <v>215</v>
+        <v>251</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A33" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
-      <c r="F33" s="4"/>
+      <c r="F33" s="4">
+        <v>616</v>
+      </c>
       <c r="G33" s="4">
-        <v>616</v>
+        <v>579</v>
       </c>
       <c r="H33" s="4">
-        <v>579</v>
+        <v>525</v>
       </c>
       <c r="I33" s="4">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="J33" s="4">
-        <v>521</v>
+        <v>583</v>
       </c>
       <c r="K33" s="4">
-        <v>583</v>
+        <v>609</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B34" s="6"/>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
-      <c r="F34" s="6"/>
+      <c r="F34" s="6">
+        <v>942</v>
+      </c>
       <c r="G34" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H34" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I34" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J34" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K34" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A35" s="7"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
       <c r="I35" s="8"/>
       <c r="J35" s="8"/>
       <c r="K35" s="8"/>
     </row>
     <row r="36" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="37" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>2</v>
@@ -1368,253 +1366,253 @@
       </c>
       <c r="F37" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K37" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="4">
-        <v>601</v>
+        <v>565</v>
       </c>
       <c r="C38" s="4">
-        <v>565</v>
+        <v>508</v>
       </c>
       <c r="D38" s="4">
-        <v>508</v>
+        <v>580</v>
       </c>
       <c r="E38" s="4">
-        <v>580</v>
+        <v>507</v>
       </c>
       <c r="F38" s="4">
-        <v>507</v>
+        <v>348</v>
       </c>
       <c r="G38" s="4">
-        <v>348</v>
+        <v>412</v>
       </c>
       <c r="H38" s="4">
-        <v>412</v>
+        <v>498</v>
       </c>
       <c r="I38" s="4">
-        <v>498</v>
+        <v>620</v>
       </c>
       <c r="J38" s="4">
+        <v>616</v>
+      </c>
+      <c r="K38" s="4">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A39" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B39" s="4">
-        <v>271</v>
+        <v>306</v>
       </c>
       <c r="C39" s="4">
+        <v>316</v>
+      </c>
+      <c r="D39" s="4">
         <v>306</v>
       </c>
-      <c r="D39" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="4">
-        <v>306</v>
+        <v>269</v>
       </c>
       <c r="F39" s="4">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="G39" s="4">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="H39" s="4">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="I39" s="4">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="J39" s="4">
-        <v>291</v>
+        <v>257</v>
       </c>
       <c r="K39" s="4">
-        <v>257</v>
+        <v>299</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A40" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B40" s="4">
-        <v>213</v>
+        <v>272</v>
       </c>
       <c r="C40" s="4">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D40" s="4">
-        <v>271</v>
+        <v>234</v>
       </c>
       <c r="E40" s="4">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F40" s="4">
-        <v>238</v>
+        <v>205</v>
       </c>
       <c r="G40" s="4">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="H40" s="4">
-        <v>220</v>
+        <v>265</v>
       </c>
       <c r="I40" s="4">
-        <v>265</v>
+        <v>229</v>
       </c>
       <c r="J40" s="4">
-        <v>229</v>
+        <v>249</v>
       </c>
       <c r="K40" s="4">
-        <v>249</v>
+        <v>256</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A41" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B41" s="4">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="C41" s="4">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D41" s="4">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E41" s="4">
-        <v>172</v>
+        <v>133</v>
       </c>
       <c r="F41" s="4">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="G41" s="4">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="H41" s="4">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="I41" s="4">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="J41" s="4">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="K41" s="4">
-        <v>158</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B42" s="4">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="C42" s="4">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D42" s="4">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E42" s="4">
+        <v>36</v>
+      </c>
+      <c r="F42" s="4">
+        <v>22</v>
+      </c>
+      <c r="G42" s="4">
+        <v>26</v>
+      </c>
+      <c r="H42" s="4">
+        <v>32</v>
+      </c>
+      <c r="I42" s="4">
+        <v>25</v>
+      </c>
+      <c r="J42" s="4">
         <v>37</v>
       </c>
-      <c r="F42" s="4">
-[...8 lines deleted...]
-      <c r="I42" s="4">
+      <c r="K42" s="4">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="43" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A43" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C43" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D43" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E43" s="6">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="F43" s="6">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="G43" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H43" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I43" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J43" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K43" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="44" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A44" s="7"/>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
       <c r="I44" s="8"/>
       <c r="J44" s="8"/>
       <c r="K44" s="8"/>
     </row>
     <row r="45" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="46" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A46" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>2</v>
@@ -1627,288 +1625,288 @@
       </c>
       <c r="F46" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K46" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B47" s="4">
-        <v>544</v>
+        <v>581</v>
       </c>
       <c r="C47" s="4">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="D47" s="4">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="E47" s="4">
-        <v>574</v>
+        <v>531</v>
       </c>
       <c r="F47" s="4">
-        <v>531</v>
+        <v>437</v>
       </c>
       <c r="G47" s="4">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="H47" s="4">
-        <v>476</v>
+        <v>533</v>
       </c>
       <c r="I47" s="4">
-        <v>533</v>
+        <v>562</v>
       </c>
       <c r="J47" s="4">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="K47" s="4">
-        <v>570</v>
+        <v>649</v>
       </c>
     </row>
     <row r="48" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B48" s="4">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C48" s="4">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="D48" s="4">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E48" s="4">
+        <v>127</v>
+      </c>
+      <c r="F48" s="4">
+        <v>83</v>
+      </c>
+      <c r="G48" s="4">
+        <v>102</v>
+      </c>
+      <c r="H48" s="4">
+        <v>117</v>
+      </c>
+      <c r="I48" s="4">
         <v>138</v>
       </c>
-      <c r="F48" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="J48" s="4">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="K48" s="4">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A49" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B49" s="4">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C49" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D49" s="4">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="E49" s="4">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="F49" s="4">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="G49" s="4">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="H49" s="4">
-        <v>129</v>
+        <v>160</v>
       </c>
       <c r="I49" s="4">
-        <v>160</v>
+        <v>177</v>
       </c>
       <c r="J49" s="4">
-        <v>177</v>
+        <v>149</v>
       </c>
       <c r="K49" s="4">
-        <v>149</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A50" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="C50" s="4">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D50" s="4">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E50" s="4">
-        <v>214</v>
+        <v>170</v>
       </c>
       <c r="F50" s="4">
-        <v>170</v>
+        <v>133</v>
       </c>
       <c r="G50" s="4">
-        <v>133</v>
+        <v>186</v>
       </c>
       <c r="H50" s="4">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="I50" s="4">
-        <v>193</v>
+        <v>228</v>
       </c>
       <c r="J50" s="4">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="K50" s="4">
-        <v>234</v>
+        <v>223</v>
       </c>
     </row>
     <row r="51" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A51" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B51" s="4">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="C51" s="4">
+        <v>172</v>
+      </c>
+      <c r="D51" s="4">
+        <v>195</v>
+      </c>
+      <c r="E51" s="4">
+        <v>174</v>
+      </c>
+      <c r="F51" s="4">
+        <v>141</v>
+      </c>
+      <c r="G51" s="4">
+        <v>149</v>
+      </c>
+      <c r="H51" s="4">
+        <v>189</v>
+      </c>
+      <c r="I51" s="4">
         <v>183</v>
       </c>
-      <c r="D51" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="J51" s="4">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="K51" s="4">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="52" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A52" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B52" s="4">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="C52" s="4">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D52" s="4">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E52" s="4">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="F52" s="4">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G52" s="4">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H52" s="4">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I52" s="4">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="J52" s="4">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="K52" s="4">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="53" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B53" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C53" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D53" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E53" s="6">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="F53" s="6">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="G53" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H53" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I53" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J53" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K53" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="54" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A54" s="7"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
     </row>
     <row r="55" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="56" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A56" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>2</v>
@@ -1921,148 +1919,148 @@
       </c>
       <c r="F56" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K56" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A57" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B57" s="4">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="C57" s="4">
-        <v>1193</v>
+        <v>1171</v>
       </c>
       <c r="D57" s="4">
-        <v>1171</v>
+        <v>1202</v>
       </c>
       <c r="E57" s="4">
-        <v>1202</v>
+        <v>1078</v>
       </c>
       <c r="F57" s="4">
-        <v>1078</v>
+        <v>851</v>
       </c>
       <c r="G57" s="4">
-        <v>851</v>
+        <v>967</v>
       </c>
       <c r="H57" s="4">
-        <v>967</v>
+        <v>1117</v>
       </c>
       <c r="I57" s="4">
-        <v>1117</v>
+        <v>1213</v>
       </c>
       <c r="J57" s="4">
-        <v>1213</v>
+        <v>1181</v>
       </c>
       <c r="K57" s="4">
-        <v>1181</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="58" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A58" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B58" s="4">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="C58" s="4">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="D58" s="4">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E58" s="4">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="F58" s="4">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="G58" s="4">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="H58" s="4">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="I58" s="4">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J58" s="4">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="K58" s="4">
-        <v>136</v>
+        <v>121</v>
       </c>
     </row>
     <row r="59" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A59" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B59" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C59" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D59" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E59" s="6">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="F59" s="6">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="G59" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H59" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I59" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J59" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K59" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="60" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A60" s="7"/>
       <c r="B60" s="8"/>
       <c r="C60" s="8"/>
       <c r="D60" s="8"/>
       <c r="E60" s="8"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
       <c r="I60" s="8"/>
       <c r="J60" s="8"/>
       <c r="K60" s="8"/>
     </row>
     <row r="61" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="62" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A62" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>2</v>
@@ -2075,218 +2073,218 @@
       </c>
       <c r="F62" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K62" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A63" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B63" s="4">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="C63" s="4">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D63" s="4">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E63" s="4">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="F63" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="G63" s="4">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H63" s="4">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I63" s="4">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="J63" s="4">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K63" s="4">
-        <v>46</v>
+        <v>59</v>
       </c>
     </row>
     <row r="64" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A64" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B64" s="4">
-        <v>871</v>
+        <v>835</v>
       </c>
       <c r="C64" s="4">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="D64" s="4">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="E64" s="4">
-        <v>854</v>
+        <v>758</v>
       </c>
       <c r="F64" s="4">
-        <v>758</v>
+        <v>628</v>
       </c>
       <c r="G64" s="4">
-        <v>628</v>
+        <v>692</v>
       </c>
       <c r="H64" s="4">
-        <v>692</v>
+        <v>788</v>
       </c>
       <c r="I64" s="4">
-        <v>788</v>
+        <v>864</v>
       </c>
       <c r="J64" s="4">
-        <v>864</v>
+        <v>836</v>
       </c>
       <c r="K64" s="4">
-        <v>836</v>
+        <v>807</v>
       </c>
     </row>
     <row r="65" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A65" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B65" s="4">
+        <v>285</v>
+      </c>
+      <c r="C65" s="4">
+        <v>245</v>
+      </c>
+      <c r="D65" s="4">
         <v>264</v>
       </c>
-      <c r="C65" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="4">
-        <v>264</v>
+        <v>215</v>
       </c>
       <c r="F65" s="4">
-        <v>215</v>
+        <v>178</v>
       </c>
       <c r="G65" s="4">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="H65" s="4">
-        <v>196</v>
+        <v>273</v>
       </c>
       <c r="I65" s="4">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="J65" s="4">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="K65" s="4">
-        <v>274</v>
+        <v>309</v>
       </c>
     </row>
     <row r="66" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A66" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B66" s="4">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="C66" s="4">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D66" s="4">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="E66" s="4">
-        <v>153</v>
+        <v>170</v>
       </c>
       <c r="F66" s="4">
-        <v>170</v>
+        <v>103</v>
       </c>
       <c r="G66" s="4">
-        <v>103</v>
+        <v>148</v>
       </c>
       <c r="H66" s="4">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="I66" s="4">
-        <v>133</v>
+        <v>161</v>
       </c>
       <c r="J66" s="4">
         <v>161</v>
       </c>
       <c r="K66" s="4">
-        <v>161</v>
+        <v>208</v>
       </c>
     </row>
     <row r="67" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A67" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B67" s="6">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C67" s="6">
-        <v>1338</v>
+        <v>1294</v>
       </c>
       <c r="D67" s="6">
-        <v>1294</v>
+        <v>1329</v>
       </c>
       <c r="E67" s="6">
-        <v>1329</v>
+        <v>1183</v>
       </c>
       <c r="F67" s="6">
-        <v>1183</v>
+        <v>942</v>
       </c>
       <c r="G67" s="6">
-        <v>942</v>
+        <v>1071</v>
       </c>
       <c r="H67" s="6">
-        <v>1071</v>
+        <v>1232</v>
       </c>
       <c r="I67" s="6">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="J67" s="6">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="K67" s="6">
-        <v>1317</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="68" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A68" s="7"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
       <c r="I68" s="8"/>
       <c r="J68" s="8"/>
       <c r="K68" s="8"/>
     </row>
     <row r="69" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="70" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A70" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>2</v>
@@ -2296,958 +2294,943 @@
       </c>
       <c r="E70" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K70" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A71" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="4">
-        <v>2</v>
-[...9 lines deleted...]
-      <c r="K71" s="4"/>
+        <v>755</v>
+      </c>
+      <c r="C71" s="4">
+        <v>748</v>
+      </c>
+      <c r="D71" s="4">
+        <v>748</v>
+      </c>
+      <c r="E71" s="4">
+        <v>633</v>
+      </c>
+      <c r="F71" s="4">
+        <v>502</v>
+      </c>
+      <c r="G71" s="4">
+        <v>550</v>
+      </c>
+      <c r="H71" s="4">
+        <v>680</v>
+      </c>
+      <c r="I71" s="4">
+        <v>718</v>
+      </c>
+      <c r="J71" s="4">
+        <v>682</v>
+      </c>
+      <c r="K71" s="4">
+        <v>708</v>
+      </c>
     </row>
     <row r="72" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A72" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B72" s="4">
-        <v>787</v>
+        <v>382</v>
       </c>
       <c r="C72" s="4">
-        <v>755</v>
+        <v>361</v>
       </c>
       <c r="D72" s="4">
-        <v>748</v>
+        <v>374</v>
       </c>
       <c r="E72" s="4">
-        <v>748</v>
+        <v>353</v>
       </c>
       <c r="F72" s="4">
-        <v>633</v>
+        <v>283</v>
       </c>
       <c r="G72" s="4">
-        <v>502</v>
+        <v>330</v>
       </c>
       <c r="H72" s="4">
-        <v>550</v>
+        <v>342</v>
       </c>
       <c r="I72" s="4">
-        <v>680</v>
+        <v>393</v>
       </c>
       <c r="J72" s="4">
-        <v>718</v>
+        <v>381</v>
       </c>
       <c r="K72" s="4">
-        <v>682</v>
+        <v>418</v>
       </c>
     </row>
     <row r="73" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A73" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B73" s="4">
-        <v>348</v>
+        <v>201</v>
       </c>
       <c r="C73" s="4">
-        <v>382</v>
+        <v>185</v>
       </c>
       <c r="D73" s="4">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="E73" s="4">
-        <v>374</v>
+        <v>197</v>
       </c>
       <c r="F73" s="4">
-        <v>353</v>
+        <v>157</v>
       </c>
       <c r="G73" s="4">
-        <v>283</v>
+        <v>191</v>
       </c>
       <c r="H73" s="4">
-        <v>330</v>
+        <v>210</v>
       </c>
       <c r="I73" s="4">
-        <v>342</v>
+        <v>215</v>
       </c>
       <c r="J73" s="4">
-        <v>393</v>
+        <v>254</v>
       </c>
       <c r="K73" s="4">
-        <v>381</v>
+        <v>257</v>
       </c>
     </row>
     <row r="74" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A74" s="3" t="s">
-[...20 lines deleted...]
-      <c r="H74" s="4">
+      <c r="A74" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B74" s="6">
+        <v>1338</v>
+      </c>
+      <c r="C74" s="6">
+        <v>1294</v>
+      </c>
+      <c r="D74" s="6">
+        <v>1329</v>
+      </c>
+      <c r="E74" s="6">
+        <v>1183</v>
+      </c>
+      <c r="F74" s="6">
+        <v>942</v>
+      </c>
+      <c r="G74" s="6">
+        <v>1071</v>
+      </c>
+      <c r="H74" s="6">
+        <v>1232</v>
+      </c>
+      <c r="I74" s="6">
+        <v>1326</v>
+      </c>
+      <c r="J74" s="6">
+        <v>1317</v>
+      </c>
+      <c r="K74" s="6">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="75" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A75" s="7"/>
+      <c r="B75" s="8"/>
+      <c r="C75" s="8"/>
+      <c r="D75" s="8"/>
+      <c r="E75" s="8"/>
+      <c r="F75" s="8"/>
+      <c r="G75" s="8"/>
+      <c r="H75" s="8"/>
+      <c r="I75" s="8"/>
+      <c r="J75" s="8"/>
+      <c r="K75" s="8"/>
+    </row>
+    <row r="76" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A76" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="J76" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="K76" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A77" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B77" s="4">
+        <v>225</v>
+      </c>
+      <c r="C77" s="4">
+        <v>192</v>
+      </c>
+      <c r="D77" s="4">
         <v>191</v>
       </c>
-      <c r="I74" s="4">
-[...89 lines deleted...]
-        <v>10</v>
+      <c r="E77" s="4">
+        <v>168</v>
+      </c>
+      <c r="F77" s="4">
+        <v>136</v>
+      </c>
+      <c r="G77" s="4">
+        <v>151</v>
+      </c>
+      <c r="H77" s="4">
+        <v>196</v>
+      </c>
+      <c r="I77" s="4">
+        <v>189</v>
+      </c>
+      <c r="J77" s="4">
+        <v>192</v>
+      </c>
+      <c r="K77" s="4">
+        <v>223</v>
       </c>
     </row>
     <row r="78" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A78" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B78" s="4">
-        <v>221</v>
+        <v>131</v>
       </c>
       <c r="C78" s="4">
-        <v>225</v>
+        <v>136</v>
       </c>
       <c r="D78" s="4">
-        <v>192</v>
+        <v>133</v>
       </c>
       <c r="E78" s="4">
-        <v>191</v>
+        <v>122</v>
       </c>
       <c r="F78" s="4">
-        <v>168</v>
+        <v>103</v>
       </c>
       <c r="G78" s="4">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="H78" s="4">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="I78" s="4">
-        <v>196</v>
+        <v>141</v>
       </c>
       <c r="J78" s="4">
-        <v>189</v>
+        <v>142</v>
       </c>
       <c r="K78" s="4">
-        <v>191</v>
+        <v>149</v>
       </c>
     </row>
     <row r="79" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A79" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B79" s="4">
-        <v>131</v>
+        <v>231</v>
       </c>
       <c r="C79" s="4">
-        <v>131</v>
+        <v>212</v>
       </c>
       <c r="D79" s="4">
-        <v>136</v>
+        <v>240</v>
       </c>
       <c r="E79" s="4">
-        <v>133</v>
+        <v>200</v>
       </c>
       <c r="F79" s="4">
-        <v>122</v>
+        <v>178</v>
       </c>
       <c r="G79" s="4">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="H79" s="4">
-        <v>123</v>
+        <v>216</v>
       </c>
       <c r="I79" s="4">
-        <v>118</v>
+        <v>263</v>
       </c>
       <c r="J79" s="4">
-        <v>141</v>
+        <v>230</v>
       </c>
       <c r="K79" s="4">
-        <v>142</v>
+        <v>212</v>
       </c>
     </row>
     <row r="80" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A80" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B80" s="4">
-        <v>201</v>
+        <v>35</v>
       </c>
       <c r="C80" s="4">
-        <v>231</v>
+        <v>47</v>
       </c>
       <c r="D80" s="4">
-        <v>212</v>
+        <v>38</v>
       </c>
       <c r="E80" s="4">
-        <v>240</v>
+        <v>42</v>
       </c>
       <c r="F80" s="4">
-        <v>200</v>
+        <v>29</v>
       </c>
       <c r="G80" s="4">
-        <v>178</v>
+        <v>40</v>
       </c>
       <c r="H80" s="4">
-        <v>204</v>
+        <v>45</v>
       </c>
       <c r="I80" s="4">
-        <v>216</v>
+        <v>44</v>
       </c>
       <c r="J80" s="4">
-        <v>263</v>
+        <v>40</v>
       </c>
       <c r="K80" s="4">
-        <v>229</v>
+        <v>41</v>
       </c>
     </row>
     <row r="81" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A81" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B81" s="4">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="C81" s="4">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="D81" s="4">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="E81" s="4">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F81" s="4">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="G81" s="4">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="H81" s="4">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I81" s="4">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="J81" s="4">
-        <v>44</v>
+        <v>5</v>
       </c>
       <c r="K81" s="4">
-        <v>40</v>
+        <v>3</v>
       </c>
     </row>
     <row r="82" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A82" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B82" s="4">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="C82" s="4">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D82" s="4">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="E82" s="4">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="F82" s="4">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G82" s="4">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="H82" s="4">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="I82" s="4">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="J82" s="4">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K82" s="4">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A83" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B83" s="4">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C83" s="4">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D83" s="4">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="E83" s="4">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F83" s="4">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="G83" s="4">
+        <v>4</v>
+      </c>
+      <c r="H83" s="4">
+        <v>11</v>
+      </c>
+      <c r="I83" s="4">
+        <v>11</v>
+      </c>
+      <c r="J83" s="4">
         <v>13</v>
       </c>
-      <c r="H83" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="K83" s="4">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A84" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B84" s="4">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C84" s="4">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D84" s="4">
         <v>8</v>
       </c>
       <c r="E84" s="4">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F84" s="4">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="G84" s="4">
         <v>7</v>
       </c>
       <c r="H84" s="4">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="I84" s="4">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="J84" s="4">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K84" s="4">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A85" s="3" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="B85" s="4"/>
       <c r="C85" s="4">
-        <v>10</v>
-[...21 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D85" s="4"/>
+      <c r="E85" s="4"/>
+      <c r="F85" s="4"/>
+      <c r="G85" s="4"/>
+      <c r="H85" s="4"/>
+      <c r="I85" s="4"/>
+      <c r="J85" s="4"/>
       <c r="K85" s="4">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A86" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="C86" s="4"/>
+        <v>60</v>
+      </c>
+      <c r="B86" s="4">
+        <v>3</v>
+      </c>
+      <c r="C86" s="4">
+        <v>2</v>
+      </c>
       <c r="D86" s="4">
+        <v>3</v>
+      </c>
+      <c r="E86" s="4">
         <v>1</v>
       </c>
-      <c r="E86" s="4"/>
-[...5 lines deleted...]
-      <c r="K86" s="4"/>
+      <c r="F86" s="4">
+        <v>3</v>
+      </c>
+      <c r="G86" s="4">
+        <v>1</v>
+      </c>
+      <c r="H86" s="4">
+        <v>4</v>
+      </c>
+      <c r="I86" s="4">
+        <v>1</v>
+      </c>
+      <c r="J86" s="4">
+        <v>1</v>
+      </c>
+      <c r="K86" s="4">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A87" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B87" s="4">
-        <v>1</v>
+        <v>402</v>
       </c>
       <c r="C87" s="4">
-        <v>3</v>
+        <v>417</v>
       </c>
       <c r="D87" s="4">
-        <v>2</v>
+        <v>406</v>
       </c>
       <c r="E87" s="4">
-        <v>3</v>
+        <v>367</v>
       </c>
       <c r="F87" s="4">
-        <v>1</v>
+        <v>309</v>
       </c>
       <c r="G87" s="4">
-        <v>3</v>
+        <v>335</v>
       </c>
       <c r="H87" s="4">
-        <v>1</v>
+        <v>368</v>
       </c>
       <c r="I87" s="4">
-        <v>4</v>
+        <v>378</v>
       </c>
       <c r="J87" s="4">
-        <v>1</v>
+        <v>421</v>
       </c>
       <c r="K87" s="4">
-        <v>1</v>
+        <v>472</v>
       </c>
     </row>
     <row r="88" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A88" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B88" s="4">
-        <v>426</v>
+        <v>52</v>
       </c>
       <c r="C88" s="4">
-        <v>402</v>
+        <v>66</v>
       </c>
       <c r="D88" s="4">
-        <v>417</v>
+        <v>73</v>
       </c>
       <c r="E88" s="4">
-        <v>406</v>
+        <v>47</v>
       </c>
       <c r="F88" s="4">
-        <v>367</v>
+        <v>53</v>
       </c>
       <c r="G88" s="4">
-        <v>309</v>
+        <v>42</v>
       </c>
       <c r="H88" s="4">
-        <v>335</v>
+        <v>66</v>
       </c>
       <c r="I88" s="4">
-        <v>368</v>
+        <v>70</v>
       </c>
       <c r="J88" s="4">
-        <v>378</v>
+        <v>53</v>
       </c>
       <c r="K88" s="4">
-        <v>421</v>
+        <v>57</v>
       </c>
     </row>
     <row r="89" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A89" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B89" s="4">
-        <v>69</v>
+        <v>205</v>
       </c>
       <c r="C89" s="4">
-        <v>52</v>
+        <v>181</v>
       </c>
       <c r="D89" s="4">
-        <v>66</v>
+        <v>191</v>
       </c>
       <c r="E89" s="4">
-        <v>73</v>
+        <v>173</v>
       </c>
       <c r="F89" s="4">
-        <v>46</v>
+        <v>103</v>
       </c>
       <c r="G89" s="4">
-        <v>53</v>
+        <v>144</v>
       </c>
       <c r="H89" s="4">
-        <v>42</v>
+        <v>165</v>
       </c>
       <c r="I89" s="4">
-        <v>66</v>
+        <v>195</v>
       </c>
       <c r="J89" s="4">
-        <v>70</v>
+        <v>197</v>
       </c>
       <c r="K89" s="4">
-        <v>53</v>
+        <v>183</v>
       </c>
     </row>
     <row r="90" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A90" s="3" t="s">
-[...34 lines deleted...]
-      <c r="A91" s="5" t="s">
+      <c r="A90" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B91" s="6">
-[...2 lines deleted...]
-      <c r="C91" s="6">
+      <c r="B90" s="6">
         <v>1338</v>
       </c>
-      <c r="D91" s="6">
+      <c r="C90" s="6">
         <v>1294</v>
       </c>
-      <c r="E91" s="6">
+      <c r="D90" s="6">
         <v>1329</v>
       </c>
-      <c r="F91" s="6">
+      <c r="E90" s="6">
         <v>1183</v>
       </c>
-      <c r="G91" s="6">
+      <c r="F90" s="6">
         <v>942</v>
       </c>
-      <c r="H91" s="6">
+      <c r="G90" s="6">
         <v>1071</v>
       </c>
-      <c r="I91" s="6">
+      <c r="H90" s="6">
         <v>1232</v>
       </c>
-      <c r="J91" s="6">
+      <c r="I90" s="6">
         <v>1326</v>
       </c>
-      <c r="K91" s="6">
+      <c r="J90" s="6">
         <v>1317</v>
       </c>
-    </row>
-[...13 lines deleted...]
-    <row r="93" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+      <c r="K90" s="6">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="91" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A91" s="7"/>
+      <c r="B91" s="8"/>
+      <c r="C91" s="8"/>
+      <c r="D91" s="8"/>
+      <c r="E91" s="8"/>
+      <c r="F91" s="8"/>
+      <c r="G91" s="8"/>
+      <c r="H91" s="8"/>
+      <c r="I91" s="8"/>
+      <c r="J91" s="8"/>
+      <c r="K91" s="8"/>
+    </row>
+    <row r="92" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+    <row r="93" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A93" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="K93" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
     <row r="94" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A94" s="2" t="s">
-[...30 lines deleted...]
-        <v>10</v>
+      <c r="A94" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B94" s="4">
+        <v>1286</v>
+      </c>
+      <c r="C94" s="4">
+        <v>1227</v>
+      </c>
+      <c r="D94" s="4">
+        <v>1270</v>
+      </c>
+      <c r="E94" s="4">
+        <v>1148</v>
+      </c>
+      <c r="F94" s="4">
+        <v>857</v>
+      </c>
+      <c r="G94" s="4">
+        <v>981</v>
+      </c>
+      <c r="H94" s="4">
+        <v>1149</v>
+      </c>
+      <c r="I94" s="4">
+        <v>1204</v>
+      </c>
+      <c r="J94" s="4">
+        <v>1202</v>
+      </c>
+      <c r="K94" s="4">
+        <v>1236</v>
       </c>
     </row>
     <row r="95" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A95" s="3" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="B95" s="4"/>
       <c r="C95" s="4">
-        <v>1286</v>
-[...21 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D95" s="4"/>
+      <c r="E95" s="4"/>
+      <c r="F95" s="4"/>
+      <c r="G95" s="4"/>
+      <c r="H95" s="4"/>
+      <c r="I95" s="4"/>
+      <c r="J95" s="4"/>
       <c r="K95" s="4">
-        <v>1202</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A96" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="C96" s="4"/>
+        <v>67</v>
+      </c>
+      <c r="B96" s="4">
+        <v>41</v>
+      </c>
+      <c r="C96" s="4">
+        <v>53</v>
+      </c>
       <c r="D96" s="4">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="K96" s="4"/>
+        <v>49</v>
+      </c>
+      <c r="E96" s="4">
+        <v>32</v>
+      </c>
+      <c r="F96" s="4">
+        <v>84</v>
+      </c>
+      <c r="G96" s="4">
+        <v>90</v>
+      </c>
+      <c r="H96" s="4">
+        <v>83</v>
+      </c>
+      <c r="I96" s="4">
+        <v>122</v>
+      </c>
+      <c r="J96" s="4">
+        <v>115</v>
+      </c>
+      <c r="K96" s="4">
+        <v>146</v>
+      </c>
     </row>
     <row r="97" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A97" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B97" s="4">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="C97" s="4">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D97" s="4">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="E97" s="4">
-        <v>49</v>
+        <v>3</v>
       </c>
       <c r="F97" s="4">
-        <v>32</v>
-[...15 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="G97" s="4"/>
+      <c r="H97" s="4"/>
+      <c r="I97" s="4"/>
+      <c r="J97" s="4"/>
+      <c r="K97" s="4"/>
     </row>
     <row r="98" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A98" s="3" t="s">
-[...26 lines deleted...]
-      <c r="A99" s="5" t="s">
+      <c r="A98" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B99" s="6">
-[...2 lines deleted...]
-      <c r="C99" s="6">
+      <c r="B98" s="6">
         <v>1338</v>
       </c>
-      <c r="D99" s="6">
+      <c r="C98" s="6">
         <v>1294</v>
       </c>
-      <c r="E99" s="6">
+      <c r="D98" s="6">
         <v>1329</v>
       </c>
-      <c r="F99" s="6">
+      <c r="E98" s="6">
         <v>1183</v>
       </c>
-      <c r="G99" s="6">
+      <c r="F98" s="6">
         <v>942</v>
       </c>
-      <c r="H99" s="6">
+      <c r="G98" s="6">
         <v>1071</v>
       </c>
-      <c r="I99" s="6">
+      <c r="H98" s="6">
         <v>1232</v>
       </c>
-      <c r="J99" s="6">
+      <c r="I98" s="6">
         <v>1326</v>
       </c>
-      <c r="K99" s="6">
+      <c r="J98" s="6">
         <v>1317</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="A102" s="10" t="s">
+      <c r="K98" s="6">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="99" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A99" s="7"/>
+      <c r="B99" s="8"/>
+      <c r="C99" s="8"/>
+      <c r="D99" s="8"/>
+      <c r="E99" s="8"/>
+      <c r="F99" s="8"/>
+      <c r="G99" s="8"/>
+      <c r="H99" s="8"/>
+      <c r="I99" s="8"/>
+      <c r="J99" s="8"/>
+      <c r="K99" s="8"/>
+    </row>
+    <row r="100" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
+    <row r="101" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A101" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="B102" s="10"/>
-[...11 lines deleted...]
-    <row r="103" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+      <c r="B101" s="10"/>
+      <c r="C101" s="10"/>
+      <c r="D101" s="10"/>
+      <c r="E101" s="10"/>
+      <c r="F101" s="10"/>
+      <c r="G101" s="10"/>
+      <c r="H101" s="10"/>
+      <c r="I101" s="10"/>
+      <c r="J101" s="10"/>
+      <c r="K101" s="10"/>
+      <c r="L101" s="10"/>
+    </row>
+    <row r="102" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
-    <mergeCell ref="A102:L102"/>
+    <mergeCell ref="A101:L101"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>transplants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>