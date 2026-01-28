--- v0 (2025-10-24)
+++ v1 (2026-01-28)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Donors used pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased lung donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_lung : 10.02.2025 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_lung : 22.01.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,354 +299,352 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>8.03734359504089</v>
+        <v>7.70073252356108</v>
       </c>
       <c r="C4" s="4">
-        <v>7.70073252356108</v>
+        <v>8.66307642942186</v>
       </c>
       <c r="D4" s="4">
-        <v>8.66307642942186</v>
+        <v>9.74806135429817</v>
       </c>
       <c r="E4" s="4">
-        <v>9.74806135429817</v>
+        <v>8.5790642611422</v>
       </c>
       <c r="F4" s="4">
-        <v>8.5790642611422</v>
+        <v>7.86422836640653</v>
       </c>
       <c r="G4" s="4">
-        <v>7.86422836640653</v>
+        <v>8.73199753175537</v>
       </c>
       <c r="H4" s="4">
-        <v>8.73199753175537</v>
+        <v>7.90740187387605</v>
       </c>
       <c r="I4" s="4">
-        <v>7.90740187387605</v>
+        <v>8.0177735367783</v>
       </c>
       <c r="J4" s="4">
-        <v>8.0177735367783</v>
+        <v>7.0970383513034</v>
       </c>
       <c r="K4" s="4">
-        <v>7.0970383513034</v>
+        <v>7.71972987904053</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>10.5897569107953</v>
+        <v>11.6699349852008</v>
       </c>
       <c r="C5" s="4">
-        <v>11.6699349852008</v>
+        <v>11.3639096500471</v>
       </c>
       <c r="D5" s="4">
-        <v>11.3639096500471</v>
+        <v>10.7908092834999</v>
       </c>
       <c r="E5" s="4">
-        <v>10.7908092834999</v>
+        <v>9.95153515087357</v>
       </c>
       <c r="F5" s="4">
-        <v>9.95153515087357</v>
+        <v>7.55048409885406</v>
       </c>
       <c r="G5" s="4">
-        <v>7.55048409885406</v>
+        <v>7.26972685818762</v>
       </c>
       <c r="H5" s="4">
-        <v>7.26972685818762</v>
+        <v>7.83292761350579</v>
       </c>
       <c r="I5" s="4">
-        <v>7.83292761350579</v>
+        <v>10.3893484992842</v>
       </c>
       <c r="J5" s="4">
-        <v>10.3893484992842</v>
+        <v>9.9855328246466</v>
       </c>
       <c r="K5" s="4">
-        <v>9.97291339817812</v>
+        <v>11.8486170268996</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>4.97004247729637</v>
+        <v>2.3862538415704</v>
       </c>
       <c r="C6" s="4">
-        <v>2.3862538415704</v>
+        <v>3.37007274302016</v>
       </c>
       <c r="D6" s="4">
-        <v>3.37007274302016</v>
+        <v>2.67933717095608</v>
       </c>
       <c r="E6" s="4">
-        <v>2.67933717095608</v>
+        <v>4.17050393916363</v>
       </c>
       <c r="F6" s="4">
-        <v>4.17050393916363</v>
+        <v>1.72491754278104</v>
       </c>
       <c r="G6" s="4">
-        <v>1.72491754278104</v>
+        <v>5.45046211247524</v>
       </c>
       <c r="H6" s="4">
-        <v>5.45046211247524</v>
+        <v>4.66042945857461</v>
       </c>
       <c r="I6" s="4">
-        <v>4.66042945857461</v>
+        <v>3.63551944042085</v>
       </c>
       <c r="J6" s="4">
-        <v>3.63551944042085</v>
+        <v>3.10722489342866</v>
       </c>
       <c r="K6" s="4">
-        <v>3.10722489342866</v>
+        <v>3.87161717449379</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>3.23901450360496</v>
+        <v>3.52902447395509</v>
       </c>
       <c r="C7" s="4">
-        <v>3.52902447395509</v>
+        <v>3.09009806189898</v>
       </c>
       <c r="D7" s="4">
-        <v>3.09009806189898</v>
+        <v>3.84093453270822</v>
       </c>
       <c r="E7" s="4">
-        <v>3.84093453270822</v>
+        <v>3.85452943284346</v>
       </c>
       <c r="F7" s="4">
-        <v>3.85452943284346</v>
+        <v>4.0280539650053</v>
       </c>
       <c r="G7" s="4">
-        <v>4.0280539650053</v>
+        <v>3.53556479342783</v>
       </c>
       <c r="H7" s="4">
-        <v>3.53556479342783</v>
+        <v>2.90735657805765</v>
       </c>
       <c r="I7" s="4">
-        <v>2.90735657805765</v>
+        <v>3.1641571591865</v>
       </c>
       <c r="J7" s="4">
-        <v>3.11763396001925</v>
+        <v>3.39100660713074</v>
       </c>
       <c r="K7" s="4">
-        <v>3.39145544969741</v>
+        <v>3.60146327093748</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>3.65275639534229</v>
+        <v>3.35690456778074</v>
       </c>
       <c r="C8" s="4">
-        <v>3.35690456778074</v>
+        <v>4.28678116931347</v>
       </c>
       <c r="D8" s="4">
-        <v>4.28678116931347</v>
+        <v>3.57932829507083</v>
       </c>
       <c r="E8" s="4">
-        <v>3.57932829507083</v>
+        <v>3.37673426001836</v>
       </c>
       <c r="F8" s="4">
-        <v>3.37673426001836</v>
+        <v>3.37785067566226</v>
       </c>
       <c r="G8" s="4">
-        <v>3.37785067566226</v>
+        <v>2.15810215263496</v>
       </c>
       <c r="H8" s="4">
-        <v>2.15810215263496</v>
+        <v>2.47703325726777</v>
       </c>
       <c r="I8" s="4">
-        <v>2.47703325726777</v>
+        <v>2.81257500200005</v>
       </c>
       <c r="J8" s="4">
-        <v>2.81257500200005</v>
+        <v>3.86034845174465</v>
       </c>
       <c r="K8" s="4">
-        <v>3.86034845174465</v>
+        <v>2.51585460121503</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
-        <v>3.55266289847555</v>
+        <v>1.73536092904283</v>
       </c>
       <c r="C9" s="4">
-        <v>1.73536092904283</v>
+        <v>5.079003905754</v>
       </c>
       <c r="D9" s="4">
-        <v>5.079003905754</v>
+        <v>3.32223154292738</v>
       </c>
       <c r="E9" s="4">
-        <v>3.32223154292738</v>
+        <v>4.88683714126543</v>
       </c>
       <c r="F9" s="4">
-        <v>4.88683714126543</v>
+        <v>3.19433707922595</v>
       </c>
       <c r="G9" s="4">
-        <v>3.19433707922595</v>
+        <v>1.57547303577899</v>
       </c>
       <c r="H9" s="4">
-        <v>1.57547303577899</v>
-[...1 lines deleted...]
-      <c r="I9" s="4">
         <v>3.09886782863881</v>
       </c>
+      <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>4.2010029628313</v>
+        <v>4.00491898284481</v>
       </c>
       <c r="C10" s="4">
-        <v>4.00491898284481</v>
+        <v>3.86382770559998</v>
       </c>
       <c r="D10" s="4">
-        <v>3.86382770559998</v>
+        <v>4.71448716507061</v>
       </c>
       <c r="E10" s="4">
-        <v>4.71448716507061</v>
+        <v>5.55486023364089</v>
       </c>
       <c r="F10" s="4">
-        <v>5.55486023364089</v>
+        <v>5.2850524641988</v>
       </c>
       <c r="G10" s="4">
-        <v>5.2850524641988</v>
+        <v>5.37898527731673</v>
       </c>
       <c r="H10" s="4">
-        <v>5.37898527731673</v>
+        <v>6.70810074794187</v>
       </c>
       <c r="I10" s="4">
-        <v>6.70810074794187</v>
+        <v>5.95128112835841</v>
       </c>
       <c r="J10" s="4">
-        <v>5.95128112835841</v>
+        <v>6.96652756275978</v>
       </c>
       <c r="K10" s="4">
-        <v>6.96652756275978</v>
+        <v>6.31788014948104</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>2.90856348957813</v>
+        <v>6.78232796625114</v>
       </c>
       <c r="C11" s="4">
-        <v>6.78232796625114</v>
+        <v>7.26077559604917</v>
       </c>
       <c r="D11" s="4">
-        <v>7.26077559604917</v>
+        <v>3.38674717448521</v>
       </c>
       <c r="E11" s="4">
-        <v>3.38674717448521</v>
+        <v>4.32503503278377</v>
       </c>
       <c r="F11" s="4">
-        <v>4.32503503278377</v>
+        <v>6.2027014196075</v>
       </c>
       <c r="G11" s="4">
-        <v>6.2027014196075</v>
+        <v>8.53494371915863</v>
       </c>
       <c r="H11" s="4">
-        <v>8.53494371915863</v>
+        <v>9.49135811843317</v>
       </c>
       <c r="I11" s="4">
-        <v>9.49135811843317</v>
+        <v>9.91982888767541</v>
       </c>
       <c r="J11" s="4">
-        <v>9.92067241372794</v>
+        <v>7.53313756592084</v>
       </c>
       <c r="K11" s="4">
-        <v>7.53313756592084</v>
+        <v>7.97803693361804</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>4.36018931154631</v>
+        <v>4.52778570671995</v>
       </c>
       <c r="C12" s="6">
-        <v>4.52778570671995</v>
+        <v>4.40088907347848</v>
       </c>
       <c r="D12" s="6">
-        <v>4.40088907347848</v>
+        <v>4.84836819868277</v>
       </c>
       <c r="E12" s="6">
-        <v>4.84836819868277</v>
+        <v>4.87024323234136</v>
       </c>
       <c r="F12" s="6">
-        <v>4.87024323234136</v>
+        <v>4.64566921119445</v>
       </c>
       <c r="G12" s="6">
-        <v>4.64566921119445</v>
+        <v>4.44674658037014</v>
       </c>
       <c r="H12" s="6">
-        <v>4.44674658037014</v>
+        <v>4.25475559696399</v>
       </c>
       <c r="I12" s="6">
-        <v>4.25475559696399</v>
+        <v>4.53604192908472</v>
       </c>
       <c r="J12" s="6">
-        <v>4.49564264863358</v>
+        <v>4.73244972821815</v>
       </c>
       <c r="K12" s="6">
-        <v>4.73231631142721</v>
+        <v>4.91560779460803</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>