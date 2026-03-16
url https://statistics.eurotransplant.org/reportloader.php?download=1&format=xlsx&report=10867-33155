--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -69,51 +69,51 @@
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased lung donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_lung : 22.01.2026 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_lung : 12.02.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>