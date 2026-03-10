--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Donors used pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased liver donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_liver : 10.02.2025 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_liver : 12.02.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,358 +299,358 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>16.8900698736367</v>
+        <v>17.4703185609147</v>
       </c>
       <c r="C4" s="4">
-        <v>17.4703185609147</v>
+        <v>17.8960920976215</v>
       </c>
       <c r="D4" s="4">
-        <v>17.8960920976215</v>
+        <v>17.1157821453375</v>
       </c>
       <c r="E4" s="4">
-        <v>17.1157821453375</v>
+        <v>15.1262448814876</v>
       </c>
       <c r="F4" s="4">
-        <v>15.1262448814876</v>
+        <v>15.5037644937729</v>
       </c>
       <c r="G4" s="4">
-        <v>15.5037644937729</v>
+        <v>15.0011239648105</v>
       </c>
       <c r="H4" s="4">
-        <v>15.0011239648105</v>
+        <v>16.9285223215375</v>
       </c>
       <c r="I4" s="4">
-        <v>16.9285223215375</v>
+        <v>11.9717440480662</v>
       </c>
       <c r="J4" s="4">
-        <v>11.9717440480662</v>
+        <v>13.7573358809881</v>
       </c>
       <c r="K4" s="4">
-        <v>13.7573358809881</v>
+        <v>16.5267456565375</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>23.4042526683963</v>
+        <v>23.8703215606381</v>
       </c>
       <c r="C5" s="4">
-        <v>23.8703215606381</v>
+        <v>25.1063120175459</v>
       </c>
       <c r="D5" s="4">
-        <v>25.1063120175459</v>
+        <v>25.0030946812803</v>
       </c>
       <c r="E5" s="4">
-        <v>25.0030946812803</v>
+        <v>23.3075428533618</v>
       </c>
       <c r="F5" s="4">
-        <v>23.3075428533618</v>
+        <v>18.65924231326</v>
       </c>
       <c r="G5" s="4">
-        <v>18.65924231326</v>
+        <v>20.5975594315316</v>
       </c>
       <c r="H5" s="4">
-        <v>20.5975594315316</v>
+        <v>23.1544783300336</v>
       </c>
       <c r="I5" s="4">
-        <v>23.1544783300336</v>
+        <v>27.4210673505697</v>
       </c>
       <c r="J5" s="4">
-        <v>27.4210673505697</v>
+        <v>28.0948889642599</v>
       </c>
       <c r="K5" s="4">
-        <v>28.0593834592808</v>
+        <v>31.0921156025026</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>33.8436225834944</v>
+        <v>31.7371760928864</v>
       </c>
       <c r="C6" s="4">
-        <v>31.7371760928864</v>
+        <v>29.1270572789599</v>
       </c>
       <c r="D6" s="4">
-        <v>29.1270572789599</v>
+        <v>33.3699265837258</v>
       </c>
       <c r="E6" s="4">
-        <v>33.3699265837258</v>
+        <v>29.1935275741454</v>
       </c>
       <c r="F6" s="4">
-        <v>29.1935275741454</v>
+        <v>22.6703448479793</v>
       </c>
       <c r="G6" s="4">
-        <v>22.6703448479793</v>
+        <v>27.0045622845364</v>
       </c>
       <c r="H6" s="4">
-        <v>27.0045622845364</v>
+        <v>22.5254090497773</v>
       </c>
       <c r="I6" s="4">
-        <v>22.5254090497773</v>
+        <v>26.4873559230662</v>
       </c>
       <c r="J6" s="4">
-        <v>26.4873559230662</v>
+        <v>27.4471532252865</v>
       </c>
       <c r="K6" s="4">
-        <v>27.4471532252865</v>
+        <v>24.7783499167602</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>8.83031710678613</v>
+        <v>8.6156873364145</v>
       </c>
       <c r="C7" s="4">
-        <v>8.6156873364145</v>
+        <v>7.91307464478444</v>
       </c>
       <c r="D7" s="4">
-        <v>7.91307464478444</v>
+        <v>9.0588078601609</v>
       </c>
       <c r="E7" s="4">
-        <v>9.0588078601609</v>
+        <v>8.49201015673324</v>
       </c>
       <c r="F7" s="4">
-        <v>8.49201015673324</v>
+        <v>8.56111768084709</v>
       </c>
       <c r="G7" s="4">
-        <v>8.56111768084709</v>
+        <v>8.57434591059199</v>
       </c>
       <c r="H7" s="4">
-        <v>8.57434591059199</v>
+        <v>7.88109882316453</v>
       </c>
       <c r="I7" s="4">
-        <v>7.88109882316453</v>
+        <v>8.81873459195324</v>
       </c>
       <c r="J7" s="4">
-        <v>8.68907107488255</v>
+        <v>9.25037844772059</v>
       </c>
       <c r="K7" s="4">
-        <v>9.25160285217808</v>
+        <v>9.58396039874061</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>12.3787855619933</v>
+        <v>10.172438084184</v>
       </c>
       <c r="C8" s="4">
-        <v>10.172438084184</v>
+        <v>9.28802586684584</v>
       </c>
       <c r="D8" s="4">
-        <v>9.28802586684584</v>
+        <v>9.51078661261676</v>
       </c>
       <c r="E8" s="4">
-        <v>9.51078661261676</v>
+        <v>11.0511303055146</v>
       </c>
       <c r="F8" s="4">
-        <v>11.0511303055146</v>
+        <v>6.65334223994081</v>
       </c>
       <c r="G8" s="4">
-        <v>6.65334223994081</v>
+        <v>6.88537353459726</v>
       </c>
       <c r="H8" s="4">
-        <v>6.88537353459726</v>
+        <v>8.15356780517308</v>
       </c>
       <c r="I8" s="4">
-        <v>8.15356780517308</v>
+        <v>7.91687778340756</v>
       </c>
       <c r="J8" s="4">
-        <v>7.91687778340756</v>
+        <v>9.8073717422702</v>
       </c>
       <c r="K8" s="4">
-        <v>9.8073717422702</v>
+        <v>9.32962747950574</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
-        <v>5.32899434771333</v>
+        <v>5.20608278712848</v>
       </c>
       <c r="C9" s="4">
-        <v>5.20608278712848</v>
+        <v>15.237011717262</v>
       </c>
       <c r="D9" s="4">
-        <v>15.237011717262</v>
+        <v>11.6278104002458</v>
       </c>
       <c r="E9" s="4">
-        <v>11.6278104002458</v>
+        <v>6.51578285502057</v>
       </c>
       <c r="F9" s="4">
-        <v>6.51578285502057</v>
+        <v>4.79150561883892</v>
       </c>
       <c r="G9" s="4">
-        <v>4.79150561883892</v>
+        <v>3.15094607155799</v>
       </c>
       <c r="H9" s="4">
-        <v>3.15094607155799</v>
+        <v>10.8460374002358</v>
       </c>
       <c r="I9" s="4">
-        <v>10.8460374002358</v>
+        <v>10.593076062826</v>
       </c>
       <c r="J9" s="4">
-        <v>10.593076062826</v>
+        <v>8.92790714976564</v>
       </c>
       <c r="K9" s="4">
-        <v>8.92790714976564</v>
+        <v>2.93266742231731</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>9.52621798613859</v>
+        <v>8.89327597661128</v>
       </c>
       <c r="C10" s="4">
-        <v>8.89327597661128</v>
+        <v>9.42539788790298</v>
       </c>
       <c r="D10" s="4">
-        <v>9.42539788790298</v>
+        <v>10.5348416898491</v>
       </c>
       <c r="E10" s="4">
-        <v>10.5348416898491</v>
+        <v>9.37382664426901</v>
       </c>
       <c r="F10" s="4">
-        <v>9.37382664426901</v>
+        <v>9.30628803478484</v>
       </c>
       <c r="G10" s="4">
-        <v>9.30628803478484</v>
+        <v>9.4418358591198</v>
       </c>
       <c r="H10" s="4">
-        <v>9.4418358591198</v>
+        <v>11.1422690389543</v>
       </c>
       <c r="I10" s="4">
-        <v>11.1422690389543</v>
+        <v>10.4428140554214</v>
       </c>
       <c r="J10" s="4">
-        <v>10.4428140554214</v>
+        <v>12.9856073769842</v>
       </c>
       <c r="K10" s="4">
-        <v>12.9856073769842</v>
+        <v>11.3611002688036</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>20.8447050086433</v>
+        <v>17.9247239108066</v>
       </c>
       <c r="C11" s="4">
-        <v>17.9247239108066</v>
+        <v>16.4577580177115</v>
       </c>
       <c r="D11" s="4">
-        <v>16.4577580177115</v>
+        <v>14.0308097228673</v>
       </c>
       <c r="E11" s="4">
-        <v>14.0308097228673</v>
+        <v>11.53342675409</v>
       </c>
       <c r="F11" s="4">
-        <v>11.53342675409</v>
+        <v>13.3596645960777</v>
       </c>
       <c r="G11" s="4">
-        <v>13.3596645960777</v>
+        <v>13.7507426586445</v>
       </c>
       <c r="H11" s="4">
-        <v>13.7507426586445</v>
+        <v>16.1353088013364</v>
       </c>
       <c r="I11" s="4">
-        <v>16.1353088013364</v>
+        <v>19.8396577753508</v>
       </c>
       <c r="J11" s="4">
-        <v>19.8413448274559</v>
+        <v>16.4787384254518</v>
       </c>
       <c r="K11" s="4">
-        <v>16.4787384254518</v>
+        <v>19.7104441889387</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>11.8623889787725</v>
+        <v>11.4409414442972</v>
       </c>
       <c r="C12" s="6">
-        <v>11.4409414442972</v>
+        <v>11.0829056500433</v>
       </c>
       <c r="D12" s="6">
-        <v>11.0829056500433</v>
+        <v>11.9417575693046</v>
       </c>
       <c r="E12" s="6">
-        <v>11.9417575693046</v>
+        <v>11.103862938407</v>
       </c>
       <c r="F12" s="6">
-        <v>11.103862938407</v>
+        <v>10.2873582689204</v>
       </c>
       <c r="G12" s="6">
-        <v>10.2873582689204</v>
+        <v>10.5864538686263</v>
       </c>
       <c r="H12" s="6">
-        <v>10.5864538686263</v>
+        <v>10.7457991186121</v>
       </c>
       <c r="I12" s="6">
-        <v>10.7457991186121</v>
+        <v>11.4270577031415</v>
       </c>
       <c r="J12" s="6">
-        <v>11.3252850749124</v>
+        <v>12.2928267330545</v>
       </c>
       <c r="K12" s="6">
-        <v>12.2924801748048</v>
+        <v>12.6452751026739</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>